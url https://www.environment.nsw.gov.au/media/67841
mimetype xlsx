--- v0 (2025-12-06)
+++ v1 (2026-02-20)
@@ -11,99 +11,99 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\watts\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lidcofp01\maqs\QSR\Data acquisition\Meta data\OEH web meta data\New folder\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{781139CE-0A96-4429-9A34-46298A54EB7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FA8355B2-BA56-45D7-B838-F5AC05FA7992}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="51840" windowHeight="21120" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Readme" sheetId="6" r:id="rId1"/>
     <sheet name="Parameter &amp; Instrument List" sheetId="2" r:id="rId2"/>
     <sheet name="Monitoring stations list" sheetId="5" r:id="rId3"/>
     <sheet name="Siting compliance &amp; NEPM status" sheetId="7" r:id="rId4"/>
     <sheet name="AS NZS 3580.14 2014" sheetId="8" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_Hlk82528496" localSheetId="2">'Monitoring stations list'!$E$94</definedName>
     <definedName name="Calculator">'[1]Calculator Lookup'!$A$1:$A$16</definedName>
     <definedName name="_xlnm.Database">#REF!</definedName>
     <definedName name="Stations">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2890" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2898" uniqueCount="612">
   <si>
     <t>Title:</t>
   </si>
   <si>
     <t>Air quality monitoring sites summary (New South Wales)</t>
   </si>
   <si>
     <t>Owner:</t>
   </si>
   <si>
     <t>New South Wales Department of Planning and Environment</t>
   </si>
   <si>
     <t>Last updated:</t>
   </si>
   <si>
     <t>Release date:</t>
   </si>
   <si>
     <t>Worksheet</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
@@ -1604,50 +1604,53 @@
   <si>
     <t>Macquarie University Sport Fields - Culloden Rd (NSW 2113)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/east-sydney/macquarie-park</t>
   </si>
   <si>
     <t>Maison Dieu</t>
   </si>
   <si>
     <t>Maison Dieu Rd (NSW 2330)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/upper-hunter/maison-dieu</t>
   </si>
   <si>
     <t>Mayfield</t>
   </si>
   <si>
     <t>Murray Dwyer Circuit (NSW 2304)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/lower-hunter/mayfield</t>
   </si>
   <si>
+    <t>Memorial Oval</t>
+  </si>
+  <si>
     <t>Memorial Oval, Broken Hill NSW 2880</t>
   </si>
   <si>
     <t>Merimbula</t>
   </si>
   <si>
     <t>Merimbula Airport (NSW 2548)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/south-coast/merimbula</t>
   </si>
   <si>
     <t>Merriwa</t>
   </si>
   <si>
     <t>Lot 3, Merriwa Scone Rd (NSW 2329)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/upper-hunter/merriwa</t>
   </si>
   <si>
     <t>Millthorpe</t>
   </si>
   <si>
     <t>42 Park Street, Millthorpe NSW 2798</t>
@@ -1863,50 +1866,53 @@
     <t>Richmond</t>
   </si>
   <si>
     <t>University of Western Sydney (NSW 2753)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/north-west-sydney/richmond</t>
   </si>
   <si>
     <t>Rouse Hill</t>
   </si>
   <si>
     <t>Cudgegong Rd (NSW 2155)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/central-west-sydney/rouse-hill</t>
   </si>
   <si>
     <t>Rozelle</t>
   </si>
   <si>
     <t>Rozelle Hospital (NSW 2039)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/east-sydney/rozelle</t>
+  </si>
+  <si>
+    <t>Sewerage Works</t>
   </si>
   <si>
     <t>Gaffney Street, Broken Hill 2880</t>
   </si>
   <si>
     <t>Singleton</t>
   </si>
   <si>
     <t>Civic Avenue (NSW 2330)</t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/upper-hunter/singleton</t>
   </si>
   <si>
     <t>Singleton NW</t>
   </si>
   <si>
     <t>Near Rixs Creek Coal Mine (NSW 2330)</t>
   </si>
   <si>
     <t>2011 </t>
   </si>
   <si>
     <t>https://www.airquality.nsw.gov.au/upper-hunter/singleton-nw</t>
   </si>
@@ -2368,56 +2374,50 @@
     <t>Installed at 2 m above ground level.</t>
   </si>
   <si>
     <t>Instrumentation - Humidity</t>
   </si>
   <si>
     <t>Hygrometer installed with temperature sensor and calibrated/maintained regularly</t>
   </si>
   <si>
     <t>Instrumentation - Atmospheric Pressure</t>
   </si>
   <si>
     <t>Barometer installed in temperature-stable enclosure and corrected to sea level</t>
   </si>
   <si>
     <t>Instrumentation - Precipitation</t>
   </si>
   <si>
     <t>Tipping bucket rain gauge installed on level platform away from splash zones, wind interference, and obstructions.</t>
   </si>
   <si>
     <t>Instrumentation - Solar Radiation</t>
   </si>
   <si>
     <t>Pyranometer installed with unobstructed sky view and cleaned regularly</t>
-  </si>
-[...4 lines deleted...]
-    <t>Sewerage Pumping Station</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00000"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
@@ -5155,59 +5155,59 @@
     <col min="2" max="2" width="107.5703125" style="5" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="61">
-        <v>45940</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="61">
-        <v>45943</v>
+        <v>46063</v>
       </c>
     </row>
     <row r="6" spans="1:2" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>11</v>
       </c>
@@ -5682,54 +5682,51 @@
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="6"/>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AH142"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
-[...2 lines deleted...]
-      <selection pane="bottomRight" activeCell="C1" sqref="C1"/>
+      <selection activeCell="I153" sqref="I153"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.140625" style="1" customWidth="1"/>
     <col min="2" max="3" width="33.140625" style="70" customWidth="1"/>
     <col min="4" max="4" width="43.85546875" style="1" customWidth="1"/>
     <col min="5" max="6" width="12.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="16" style="1" customWidth="1"/>
     <col min="9" max="10" width="17.5703125" style="1" customWidth="1"/>
     <col min="11" max="12" width="23.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="16.85546875" style="1" customWidth="1"/>
     <col min="14" max="14" width="15.42578125" style="1" customWidth="1"/>
     <col min="15" max="18" width="13.42578125" style="1" customWidth="1"/>
     <col min="19" max="19" width="12.28515625" style="1" customWidth="1"/>
     <col min="20" max="20" width="9.140625" style="1" customWidth="1"/>
     <col min="21" max="21" width="15.85546875" style="1" customWidth="1"/>
     <col min="22" max="22" width="15.140625" style="1" customWidth="1"/>
     <col min="23" max="24" width="8.28515625" style="1" customWidth="1"/>
     <col min="26" max="26" width="9.140625" style="1" customWidth="1"/>
     <col min="28" max="28" width="13.28515625" style="1" customWidth="1"/>
     <col min="29" max="29" width="16.42578125" style="1" customWidth="1"/>
     <col min="30" max="31" width="11.7109375" style="1" customWidth="1"/>
     <col min="32" max="32" width="9.7109375" style="1" customWidth="1"/>
@@ -6170,51 +6167,53 @@
       <c r="I6" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L6" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M6" s="13"/>
       <c r="N6" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O6" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P6" s="17"/>
       <c r="Q6" s="17"/>
       <c r="R6" s="17"/>
       <c r="S6" s="17"/>
       <c r="T6" s="17"/>
       <c r="U6" s="17"/>
-      <c r="V6" s="17"/>
+      <c r="V6" s="17" t="s">
+        <v>139</v>
+      </c>
       <c r="W6" s="17"/>
       <c r="X6" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y6" s="17"/>
       <c r="Z6" s="17"/>
       <c r="AA6" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB6" s="17"/>
       <c r="AC6" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD6" s="17"/>
       <c r="AE6" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF6" s="17"/>
       <c r="AG6" s="17"/>
       <c r="AH6" s="46" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="7" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A7" s="40" t="s">
@@ -10351,51 +10350,51 @@
       <c r="T64" s="17"/>
       <c r="U64" s="17"/>
       <c r="V64" s="17"/>
       <c r="W64" s="17"/>
       <c r="X64" s="17"/>
       <c r="Y64" s="17"/>
       <c r="Z64" s="17"/>
       <c r="AA64" s="17"/>
       <c r="AB64" s="17"/>
       <c r="AC64" s="17"/>
       <c r="AD64" s="17"/>
       <c r="AE64" s="17"/>
       <c r="AF64" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG64" s="17"/>
       <c r="AH64" s="46" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A65" s="40" t="s">
         <v>324</v>
       </c>
       <c r="B65" s="24" t="s">
-        <v>155</v>
+        <v>229</v>
       </c>
       <c r="C65" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D65" s="25" t="s">
         <v>325</v>
       </c>
       <c r="E65" s="15">
         <v>-33.881430000000002</v>
       </c>
       <c r="F65" s="15">
         <v>151.04676000000001</v>
       </c>
       <c r="G65" s="24">
         <v>39</v>
       </c>
       <c r="H65" s="65">
         <v>2019</v>
       </c>
       <c r="I65" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>35</v>
       </c>
@@ -10443,51 +10442,51 @@
       <c r="AB65" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC65" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AD65" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AE65" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AF65" s="26"/>
       <c r="AG65" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AH65" s="46" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A66" s="40" t="s">
         <v>327</v>
       </c>
       <c r="B66" s="24" t="s">
-        <v>155</v>
+        <v>229</v>
       </c>
       <c r="C66" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D66" s="14" t="s">
         <v>328</v>
       </c>
       <c r="E66" s="15">
         <v>-33.884160000000001</v>
       </c>
       <c r="F66" s="15">
         <v>151.04325</v>
       </c>
       <c r="G66" s="16">
         <v>5</v>
       </c>
       <c r="H66" s="18">
         <v>1974</v>
       </c>
       <c r="I66" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J66" s="13">
         <v>2002</v>
       </c>
@@ -11264,60 +11263,60 @@
       <c r="W76" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X76" s="17"/>
       <c r="Y76" s="17"/>
       <c r="Z76" s="17"/>
       <c r="AA76" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB76" s="17"/>
       <c r="AC76" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD76" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE76" s="17"/>
       <c r="AF76" s="17"/>
       <c r="AG76" s="17"/>
       <c r="AH76" s="46" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="77" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A77" s="40" t="s">
-        <v>610</v>
+        <v>355</v>
       </c>
       <c r="B77" s="67" t="s">
         <v>183</v>
       </c>
       <c r="C77" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D77" s="14" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E77" s="15">
         <v>-31.956499999999998</v>
       </c>
       <c r="F77" s="15">
         <v>141.45089999999999</v>
       </c>
       <c r="G77" s="16">
         <v>334</v>
       </c>
       <c r="H77" s="18">
         <v>2021</v>
       </c>
       <c r="I77" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K77" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L77" s="13" t="s">
         <v>199</v>
       </c>
@@ -11328,60 +11327,60 @@
       <c r="Q77" s="17" t="s">
         <v>139</v>
       </c>
       <c r="R77" s="17"/>
       <c r="S77" s="17"/>
       <c r="T77" s="17"/>
       <c r="U77" s="17"/>
       <c r="V77" s="17"/>
       <c r="W77" s="17"/>
       <c r="X77" s="17"/>
       <c r="Y77" s="28"/>
       <c r="Z77" s="19"/>
       <c r="AA77" s="19"/>
       <c r="AB77" s="17"/>
       <c r="AC77" s="19"/>
       <c r="AD77" s="19"/>
       <c r="AE77" s="19"/>
       <c r="AF77" s="19"/>
       <c r="AG77" s="17"/>
       <c r="AH77" s="63" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="78" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A78" s="40" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B78" s="20" t="s">
         <v>168</v>
       </c>
       <c r="C78" s="20" t="s">
         <v>169</v>
       </c>
       <c r="D78" s="14" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E78" s="15">
         <v>-36.90775</v>
       </c>
       <c r="F78" s="15">
         <v>149.89893000000001</v>
       </c>
       <c r="G78" s="16">
         <v>6</v>
       </c>
       <c r="H78" s="18">
         <v>2020</v>
       </c>
       <c r="I78" s="13" t="s">
         <v>237</v>
       </c>
       <c r="J78" s="13">
         <v>2020</v>
       </c>
       <c r="K78" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L78" s="13" t="s">
         <v>138</v>
       </c>
@@ -11392,124 +11391,124 @@
       <c r="Q78" s="17"/>
       <c r="R78" s="17"/>
       <c r="S78" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T78" s="17"/>
       <c r="U78" s="17"/>
       <c r="V78" s="17"/>
       <c r="W78" s="17"/>
       <c r="X78" s="17"/>
       <c r="Y78" s="17"/>
       <c r="Z78" s="17"/>
       <c r="AA78" s="17"/>
       <c r="AB78" s="17"/>
       <c r="AC78" s="17"/>
       <c r="AD78" s="17"/>
       <c r="AE78" s="17"/>
       <c r="AF78" s="17"/>
       <c r="AG78" s="17"/>
       <c r="AH78" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="79" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A79" s="41" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B79" s="13" t="s">
         <v>168</v>
       </c>
       <c r="C79" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D79" s="14" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E79" s="15">
         <v>-36.90775</v>
       </c>
       <c r="F79" s="15">
         <v>149.89893000000001</v>
       </c>
       <c r="G79" s="16">
         <v>6</v>
       </c>
       <c r="H79" s="18">
         <v>2020</v>
       </c>
       <c r="I79" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K79" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L79" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M79" s="13"/>
       <c r="N79" s="17"/>
       <c r="O79" s="17"/>
       <c r="P79" s="17"/>
       <c r="Q79" s="17"/>
       <c r="R79" s="17"/>
       <c r="S79" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T79" s="17"/>
       <c r="U79" s="17"/>
       <c r="V79" s="17"/>
       <c r="W79" s="17"/>
       <c r="X79" s="17"/>
       <c r="Y79" s="17"/>
       <c r="Z79" s="17"/>
       <c r="AA79" s="17"/>
       <c r="AB79" s="17"/>
       <c r="AC79" s="17"/>
       <c r="AD79" s="17"/>
       <c r="AE79" s="17"/>
       <c r="AF79" s="21"/>
       <c r="AG79" s="17"/>
       <c r="AH79" s="46" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="80" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A80" s="40" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B80" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C80" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D80" s="14" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E80" s="15">
         <v>-32.126649999999998</v>
       </c>
       <c r="F80" s="15">
         <v>150.45823999999999</v>
       </c>
       <c r="G80" s="16">
         <v>406</v>
       </c>
       <c r="H80" s="13">
         <v>2012</v>
       </c>
       <c r="I80" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J80" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K80" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L80" s="13" t="s">
         <v>138</v>
       </c>
@@ -11541,65 +11540,65 @@
       </c>
       <c r="Y80" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z80" s="13"/>
       <c r="AA80" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB80" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC80" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD80" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE80" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF80" s="13"/>
       <c r="AG80" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AH80" s="46" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="81" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A81" s="40" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B81" s="67" t="s">
         <v>172</v>
       </c>
       <c r="C81" s="20" t="s">
         <v>265</v>
       </c>
       <c r="D81" s="62" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E81" s="15">
         <v>-33.444338999999999</v>
       </c>
       <c r="F81" s="15">
         <v>149.18532500000001</v>
       </c>
       <c r="G81" s="16">
         <v>950</v>
       </c>
       <c r="H81" s="18">
         <v>2023</v>
       </c>
       <c r="I81" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K81" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L81" s="13" t="s">
         <v>138</v>
       </c>
@@ -11623,65 +11622,65 @@
       </c>
       <c r="W81" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X81" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y81" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z81" s="19"/>
       <c r="AA81" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB81" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC81" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD81" s="19"/>
       <c r="AE81" s="19"/>
       <c r="AF81" s="19"/>
       <c r="AG81" s="17"/>
       <c r="AH81" s="46" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="82" spans="1:34" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="40" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B82" s="13" t="s">
         <v>183</v>
       </c>
       <c r="C82" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D82" s="14" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E82" s="15">
         <v>-29.9072</v>
       </c>
       <c r="F82" s="15">
         <v>139.73699999999999</v>
       </c>
       <c r="G82" s="16">
         <v>93.9</v>
       </c>
       <c r="H82" s="18">
         <v>2008</v>
       </c>
       <c r="I82" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J82" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K82" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L82" s="13" t="s">
         <v>138</v>
       </c>
@@ -11689,65 +11688,65 @@
       <c r="N82" s="17"/>
       <c r="O82" s="17"/>
       <c r="P82" s="17"/>
       <c r="Q82" s="17"/>
       <c r="R82" s="17"/>
       <c r="S82" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T82" s="17"/>
       <c r="U82" s="17"/>
       <c r="V82" s="17"/>
       <c r="W82" s="17"/>
       <c r="X82" s="17"/>
       <c r="Y82" s="17"/>
       <c r="Z82" s="17"/>
       <c r="AA82" s="17"/>
       <c r="AB82" s="17"/>
       <c r="AC82" s="17"/>
       <c r="AD82" s="17"/>
       <c r="AE82" s="17"/>
       <c r="AF82" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG82" s="17"/>
       <c r="AH82" s="46" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="83" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A83" s="40" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B83" s="13" t="s">
         <v>284</v>
       </c>
       <c r="C83" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="14" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E83" s="15">
         <v>-29.489699999999999</v>
       </c>
       <c r="F83" s="15">
         <v>149.84700000000001</v>
       </c>
       <c r="G83" s="16">
         <v>212.8</v>
       </c>
       <c r="H83" s="18">
         <v>2008</v>
       </c>
       <c r="I83" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J83" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K83" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L83" s="13" t="s">
         <v>138</v>
       </c>
@@ -11755,65 +11754,65 @@
       <c r="N83" s="17"/>
       <c r="O83" s="17"/>
       <c r="P83" s="17"/>
       <c r="Q83" s="17"/>
       <c r="R83" s="17"/>
       <c r="S83" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T83" s="17"/>
       <c r="U83" s="17"/>
       <c r="V83" s="17"/>
       <c r="W83" s="17"/>
       <c r="X83" s="17"/>
       <c r="Y83" s="17"/>
       <c r="Z83" s="17"/>
       <c r="AA83" s="17"/>
       <c r="AB83" s="17"/>
       <c r="AC83" s="17"/>
       <c r="AD83" s="17"/>
       <c r="AE83" s="17"/>
       <c r="AF83" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG83" s="17"/>
       <c r="AH83" s="46" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="84" spans="1:34" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B84" s="20" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C84" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D84" s="25" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E84" s="15">
         <v>-33.10801</v>
       </c>
       <c r="F84" s="15">
         <v>151.55257</v>
       </c>
       <c r="G84" s="24">
         <v>51</v>
       </c>
       <c r="H84" s="65">
         <v>2020</v>
       </c>
       <c r="I84" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J84" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K84" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L84" s="13" t="s">
         <v>138</v>
       </c>
@@ -11839,65 +11838,65 @@
       </c>
       <c r="W84" s="21" t="s">
         <v>139</v>
       </c>
       <c r="X84" s="21" t="s">
         <v>139</v>
       </c>
       <c r="Y84" s="21" t="s">
         <v>139</v>
       </c>
       <c r="Z84" s="26"/>
       <c r="AA84" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AB84" s="21"/>
       <c r="AC84" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AD84" s="26"/>
       <c r="AE84" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AF84" s="26"/>
       <c r="AG84" s="17"/>
       <c r="AH84" s="46" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="85" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B85" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C85" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D85" s="14" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E85" s="15">
         <v>-32.635890000000003</v>
       </c>
       <c r="F85" s="15">
         <v>151.12799999999999</v>
       </c>
       <c r="G85" s="16">
         <v>74</v>
       </c>
       <c r="H85" s="13">
         <v>2011</v>
       </c>
       <c r="I85" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J85" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K85" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L85" s="13" t="s">
         <v>138</v>
       </c>
@@ -11909,143 +11908,145 @@
       <c r="P85" s="13"/>
       <c r="Q85" s="13"/>
       <c r="R85" s="13"/>
       <c r="S85" s="13"/>
       <c r="T85" s="13"/>
       <c r="U85" s="17"/>
       <c r="V85" s="13"/>
       <c r="W85" s="13"/>
       <c r="X85" s="13"/>
       <c r="Y85" s="13"/>
       <c r="Z85" s="13"/>
       <c r="AA85" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB85" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC85" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD85" s="18"/>
       <c r="AE85" s="17"/>
       <c r="AF85" s="13"/>
       <c r="AG85" s="17"/>
       <c r="AH85" s="46" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="86" spans="1:34" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="40" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B86" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C86" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D86" s="14" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E86" s="15">
         <v>-32.271520000000002</v>
       </c>
       <c r="F86" s="15">
         <v>150.88562999999999</v>
       </c>
       <c r="G86" s="16">
         <v>145</v>
       </c>
       <c r="H86" s="13">
         <v>2010</v>
       </c>
       <c r="I86" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J86" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K86" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L86" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M86" s="13"/>
       <c r="N86" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O86" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P86" s="17"/>
       <c r="Q86" s="17"/>
       <c r="R86" s="17"/>
       <c r="S86" s="17"/>
       <c r="T86" s="13"/>
       <c r="U86" s="17"/>
       <c r="V86" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W86" s="17" t="s">
         <v>139</v>
       </c>
-      <c r="X86" s="13"/>
+      <c r="X86" s="17" t="s">
+        <v>139</v>
+      </c>
       <c r="Y86" s="13"/>
       <c r="Z86" s="13"/>
       <c r="AA86" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB86" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC86" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD86" s="18"/>
       <c r="AE86" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF86" s="13"/>
       <c r="AG86" s="17"/>
       <c r="AH86" s="46" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="87" spans="1:34" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="40" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B87" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C87" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D87" s="14" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E87" s="15">
         <v>-32.253169999999997</v>
       </c>
       <c r="F87" s="15">
         <v>150.88119</v>
       </c>
       <c r="G87" s="16">
         <v>143</v>
       </c>
       <c r="H87" s="13">
         <v>2011</v>
       </c>
       <c r="I87" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J87" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K87" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L87" s="13" t="s">
         <v>138</v>
       </c>
@@ -12057,65 +12058,65 @@
       <c r="P87" s="13"/>
       <c r="Q87" s="13"/>
       <c r="R87" s="13"/>
       <c r="S87" s="13"/>
       <c r="T87" s="13"/>
       <c r="U87" s="17"/>
       <c r="V87" s="13"/>
       <c r="W87" s="13"/>
       <c r="X87" s="13"/>
       <c r="Y87" s="13"/>
       <c r="Z87" s="13"/>
       <c r="AA87" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB87" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC87" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD87" s="18"/>
       <c r="AE87" s="18"/>
       <c r="AF87" s="13"/>
       <c r="AG87" s="17"/>
       <c r="AH87" s="46" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="88" spans="1:34" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="40" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B88" s="13" t="s">
         <v>284</v>
       </c>
       <c r="C88" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D88" s="14" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E88" s="15">
         <v>-30.31842</v>
       </c>
       <c r="F88" s="15">
         <v>149.82932</v>
       </c>
       <c r="G88" s="16">
         <v>226</v>
       </c>
       <c r="H88" s="18">
         <v>2017</v>
       </c>
       <c r="I88" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J88" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K88" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L88" s="13" t="s">
         <v>138</v>
       </c>
@@ -12129,65 +12130,65 @@
       <c r="P88" s="17"/>
       <c r="Q88" s="17"/>
       <c r="R88" s="17"/>
       <c r="S88" s="17"/>
       <c r="T88" s="17"/>
       <c r="U88" s="17"/>
       <c r="V88" s="17"/>
       <c r="W88" s="17"/>
       <c r="X88" s="17"/>
       <c r="Y88" s="17"/>
       <c r="Z88" s="17"/>
       <c r="AA88" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB88" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC88" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD88" s="17"/>
       <c r="AE88" s="17"/>
       <c r="AF88" s="17"/>
       <c r="AG88" s="17"/>
       <c r="AH88" s="46" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="89" spans="1:34" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="40" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B89" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C89" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D89" s="14" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E89" s="15">
         <v>-34.704999999999998</v>
       </c>
       <c r="F89" s="15">
         <v>146.51400000000001</v>
       </c>
       <c r="G89" s="16">
         <v>145</v>
       </c>
       <c r="H89" s="18">
         <v>2012</v>
       </c>
       <c r="I89" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J89" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K89" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L89" s="13" t="s">
         <v>138</v>
       </c>
@@ -12195,68 +12196,68 @@
       <c r="N89" s="17"/>
       <c r="O89" s="17"/>
       <c r="P89" s="17"/>
       <c r="Q89" s="17"/>
       <c r="R89" s="17"/>
       <c r="S89" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T89" s="17"/>
       <c r="U89" s="17"/>
       <c r="V89" s="17"/>
       <c r="W89" s="17"/>
       <c r="X89" s="17"/>
       <c r="Y89" s="17"/>
       <c r="Z89" s="17"/>
       <c r="AA89" s="17"/>
       <c r="AB89" s="17"/>
       <c r="AC89" s="17"/>
       <c r="AD89" s="17"/>
       <c r="AE89" s="17"/>
       <c r="AF89" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG89" s="17"/>
       <c r="AH89" s="46" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="90" spans="1:34" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="40" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B90" s="67" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D90" s="14" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F90" s="15">
         <v>141.4633</v>
       </c>
       <c r="G90" s="16">
         <v>312</v>
       </c>
       <c r="H90" s="18">
         <v>2017</v>
       </c>
       <c r="I90" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J90" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K90" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L90" s="13" t="s">
         <v>199</v>
       </c>
       <c r="M90" s="13"/>
       <c r="N90" s="17"/>
       <c r="O90" s="17"/>
@@ -12264,60 +12265,60 @@
       <c r="Q90" s="17" t="s">
         <v>139</v>
       </c>
       <c r="R90" s="17"/>
       <c r="S90" s="17"/>
       <c r="T90" s="17"/>
       <c r="U90" s="17"/>
       <c r="V90" s="17"/>
       <c r="W90" s="17"/>
       <c r="X90" s="17"/>
       <c r="Y90" s="28"/>
       <c r="Z90" s="19"/>
       <c r="AA90" s="19"/>
       <c r="AB90" s="17"/>
       <c r="AC90" s="19"/>
       <c r="AD90" s="19"/>
       <c r="AE90" s="19"/>
       <c r="AF90" s="19"/>
       <c r="AG90" s="17"/>
       <c r="AH90" s="63" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="91" spans="1:34" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="40" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B91" s="20" t="s">
         <v>176</v>
       </c>
       <c r="C91" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D91" s="14" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E91" s="15">
         <v>-32.931199999999997</v>
       </c>
       <c r="F91" s="15">
         <v>151.75964999999999</v>
       </c>
       <c r="G91" s="16">
         <v>5</v>
       </c>
       <c r="H91" s="18">
         <v>1992</v>
       </c>
       <c r="I91" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K91" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L91" s="13" t="s">
         <v>138</v>
       </c>
@@ -12343,65 +12344,65 @@
       </c>
       <c r="W91" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X91" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y91" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z91" s="17"/>
       <c r="AA91" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB91" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC91" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD91" s="17"/>
       <c r="AE91" s="17"/>
       <c r="AF91" s="17"/>
       <c r="AG91" s="17"/>
       <c r="AH91" s="46" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="92" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="40" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B92" s="20" t="s">
         <v>165</v>
       </c>
       <c r="C92" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D92" s="14" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E92" s="15">
         <v>-34.051699999999997</v>
       </c>
       <c r="F92" s="15">
         <v>150.49818999999999</v>
       </c>
       <c r="G92" s="16">
         <v>457</v>
       </c>
       <c r="H92" s="18">
         <v>1996</v>
       </c>
       <c r="I92" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J92" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K92" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L92" s="13" t="s">
         <v>138</v>
       </c>
@@ -12423,139 +12424,143 @@
       <c r="V92" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W92" s="17"/>
       <c r="X92" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y92" s="17"/>
       <c r="Z92" s="17"/>
       <c r="AA92" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB92" s="17"/>
       <c r="AC92" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD92" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE92" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF92" s="17"/>
       <c r="AG92" s="17"/>
       <c r="AH92" s="46" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="93" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="40" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B93" s="20" t="s">
         <v>172</v>
       </c>
       <c r="C93" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D93" s="14" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E93" s="15">
         <v>-33.274290000000001</v>
       </c>
       <c r="F93" s="15">
         <v>149.09447</v>
       </c>
       <c r="G93" s="16">
         <v>871</v>
       </c>
       <c r="H93" s="18">
         <v>2019</v>
       </c>
       <c r="I93" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J93" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K93" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L93" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M93" s="13"/>
       <c r="N93" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O93" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P93" s="17"/>
       <c r="Q93" s="17"/>
       <c r="R93" s="17"/>
       <c r="S93" s="17"/>
-      <c r="T93" s="17"/>
+      <c r="T93" s="17" t="s">
+        <v>139</v>
+      </c>
       <c r="U93" s="17"/>
-      <c r="V93" s="17"/>
+      <c r="V93" s="17" t="s">
+        <v>139</v>
+      </c>
       <c r="W93" s="17"/>
       <c r="X93" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y93" s="17"/>
       <c r="Z93" s="17"/>
       <c r="AA93" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB93" s="17"/>
       <c r="AC93" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD93" s="17"/>
       <c r="AE93" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF93" s="17"/>
       <c r="AG93" s="17"/>
       <c r="AH93" s="46" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="94" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="40" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B94" s="13" t="s">
         <v>240</v>
       </c>
       <c r="C94" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D94" s="14" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E94" s="15">
         <v>-33.127699999999997</v>
       </c>
       <c r="F94" s="15">
         <v>148.244</v>
       </c>
       <c r="G94" s="16">
         <v>323.3</v>
       </c>
       <c r="H94" s="18">
         <v>2007</v>
       </c>
       <c r="I94" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J94" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K94" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L94" s="13" t="s">
         <v>138</v>
       </c>
@@ -12563,65 +12568,65 @@
       <c r="N94" s="17"/>
       <c r="O94" s="17"/>
       <c r="P94" s="17"/>
       <c r="Q94" s="17"/>
       <c r="R94" s="17"/>
       <c r="S94" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T94" s="17"/>
       <c r="U94" s="17"/>
       <c r="V94" s="17"/>
       <c r="W94" s="19"/>
       <c r="X94" s="17"/>
       <c r="Y94" s="28"/>
       <c r="Z94" s="19"/>
       <c r="AA94" s="19"/>
       <c r="AB94" s="19"/>
       <c r="AC94" s="19"/>
       <c r="AD94" s="19"/>
       <c r="AE94" s="19"/>
       <c r="AF94" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG94" s="17"/>
       <c r="AH94" s="46" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="95" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A95" s="40" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B95" s="20" t="s">
         <v>229</v>
       </c>
       <c r="C95" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D95" s="14" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E95" s="15">
         <v>-33.799500000000002</v>
       </c>
       <c r="F95" s="15">
         <v>150.99777</v>
       </c>
       <c r="G95" s="16">
         <v>16</v>
       </c>
       <c r="H95" s="18">
         <v>2017</v>
       </c>
       <c r="I95" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J95" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K95" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L95" s="13" t="s">
         <v>138</v>
       </c>
@@ -12647,65 +12652,65 @@
         <v>139</v>
       </c>
       <c r="X95" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y95" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z95" s="17"/>
       <c r="AA95" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB95" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC95" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD95" s="17"/>
       <c r="AE95" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF95" s="17"/>
       <c r="AG95" s="17"/>
       <c r="AH95" s="46" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="96" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="41" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B96" s="24" t="s">
         <v>180</v>
       </c>
       <c r="C96" s="68" t="s">
         <v>135</v>
       </c>
       <c r="D96" s="25" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E96" s="15">
         <v>-33.726869999999998</v>
       </c>
       <c r="F96" s="15">
         <v>150.70384999999999</v>
       </c>
       <c r="G96" s="24">
         <v>27</v>
       </c>
       <c r="H96" s="65">
         <v>2020</v>
       </c>
       <c r="I96" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J96" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K96" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L96" s="13" t="s">
         <v>138</v>
       </c>
@@ -12729,65 +12734,65 @@
       </c>
       <c r="W96" s="21" t="s">
         <v>139</v>
       </c>
       <c r="X96" s="21" t="s">
         <v>139</v>
       </c>
       <c r="Y96" s="21" t="s">
         <v>139</v>
       </c>
       <c r="Z96" s="19"/>
       <c r="AA96" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AB96" s="21"/>
       <c r="AC96" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AD96" s="19"/>
       <c r="AE96" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AF96" s="19"/>
       <c r="AG96" s="17"/>
       <c r="AH96" s="46" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="97" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="40" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B97" s="13" t="s">
         <v>183</v>
       </c>
       <c r="C97" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D97" s="14" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E97" s="15">
         <v>-33.601599999999998</v>
       </c>
       <c r="F97" s="15">
         <v>142.53100000000001</v>
       </c>
       <c r="G97" s="16">
         <v>323.3</v>
       </c>
       <c r="H97" s="18">
         <v>2004</v>
       </c>
       <c r="I97" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J97" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K97" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L97" s="13" t="s">
         <v>138</v>
       </c>
@@ -12795,65 +12800,65 @@
       <c r="N97" s="17"/>
       <c r="O97" s="17"/>
       <c r="P97" s="17"/>
       <c r="Q97" s="17"/>
       <c r="R97" s="17"/>
       <c r="S97" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T97" s="17"/>
       <c r="U97" s="17"/>
       <c r="V97" s="17"/>
       <c r="W97" s="19"/>
       <c r="X97" s="17"/>
       <c r="Y97" s="28"/>
       <c r="Z97" s="19"/>
       <c r="AA97" s="19"/>
       <c r="AB97" s="19"/>
       <c r="AC97" s="19"/>
       <c r="AD97" s="19"/>
       <c r="AE97" s="19"/>
       <c r="AF97" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG97" s="17"/>
       <c r="AH97" s="46" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="98" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="40" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B98" s="67" t="s">
         <v>142</v>
       </c>
       <c r="C98" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D98" s="14" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E98" s="15">
         <v>-34.479640000000003</v>
       </c>
       <c r="F98" s="15">
         <v>150.88170299999999</v>
       </c>
       <c r="G98" s="16">
         <v>59</v>
       </c>
       <c r="H98" s="18">
         <v>2002</v>
       </c>
       <c r="I98" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J98" s="13">
         <v>2015</v>
       </c>
       <c r="K98" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L98" s="13" t="s">
         <v>138</v>
       </c>
@@ -12872,60 +12877,60 @@
       <c r="U98" s="17"/>
       <c r="V98" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W98" s="17"/>
       <c r="X98" s="17"/>
       <c r="Y98" s="17"/>
       <c r="Z98" s="17"/>
       <c r="AA98" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB98" s="17"/>
       <c r="AC98" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD98" s="17"/>
       <c r="AE98" s="17"/>
       <c r="AF98" s="17"/>
       <c r="AG98" s="17"/>
       <c r="AH98" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="99" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A99" s="40" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B99" s="67" t="s">
         <v>142</v>
       </c>
       <c r="C99" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D99" s="14" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E99" s="15">
         <v>-34.478920000000002</v>
       </c>
       <c r="F99" s="15">
         <v>150.87785</v>
       </c>
       <c r="G99" s="16">
         <v>59</v>
       </c>
       <c r="H99" s="18">
         <v>2020</v>
       </c>
       <c r="I99" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J99" s="13">
         <v>2020</v>
       </c>
       <c r="K99" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L99" s="13" t="s">
         <v>138</v>
       </c>
@@ -12952,224 +12957,224 @@
       </c>
       <c r="X99" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y99" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z99" s="17"/>
       <c r="AA99" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB99" s="17"/>
       <c r="AC99" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD99" s="17"/>
       <c r="AE99" s="17"/>
       <c r="AF99" s="17"/>
       <c r="AG99" s="17"/>
       <c r="AH99" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="100" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A100" s="41" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B100" s="24" t="s">
         <v>235</v>
       </c>
       <c r="C100" s="20" t="s">
         <v>169</v>
       </c>
       <c r="D100" s="25" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E100" s="27">
         <v>-31.447762000000001</v>
       </c>
       <c r="F100" s="27">
         <v>152.87652499999999</v>
       </c>
       <c r="G100" s="29">
         <v>72.599999999999994</v>
       </c>
       <c r="H100" s="65">
         <v>2019</v>
       </c>
       <c r="I100" s="13" t="s">
         <v>237</v>
       </c>
       <c r="J100" s="24">
         <v>2020</v>
       </c>
       <c r="K100" s="24" t="s">
         <v>138</v>
       </c>
       <c r="L100" s="24" t="s">
         <v>138</v>
       </c>
       <c r="M100" s="71" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="N100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P100" s="17"/>
       <c r="Q100" s="17"/>
       <c r="R100" s="17"/>
       <c r="S100" s="17"/>
       <c r="T100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="U100" s="17"/>
       <c r="V100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z100" s="17"/>
       <c r="AA100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB100" s="17"/>
       <c r="AC100" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD100" s="17"/>
       <c r="AE100" s="17"/>
       <c r="AF100" s="17"/>
       <c r="AG100" s="17"/>
       <c r="AH100" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="101" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A101" s="40" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B101" s="24" t="s">
         <v>235</v>
       </c>
       <c r="C101" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D101" s="14" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E101" s="15">
         <v>-31.454048</v>
       </c>
       <c r="F101" s="15">
         <v>152.888194</v>
       </c>
       <c r="G101" s="16">
         <v>12</v>
       </c>
       <c r="H101" s="18">
         <v>2020</v>
       </c>
       <c r="I101" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J101" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K101" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L101" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M101" s="30" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P101" s="17"/>
       <c r="Q101" s="17"/>
       <c r="R101" s="17"/>
       <c r="S101" s="17"/>
       <c r="T101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="U101" s="17"/>
       <c r="V101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z101" s="17"/>
       <c r="AA101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB101" s="17"/>
       <c r="AC101" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD101" s="17"/>
       <c r="AE101" s="17"/>
       <c r="AF101" s="17"/>
       <c r="AG101" s="17"/>
       <c r="AH101" s="49" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="102" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A102" s="40" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B102" s="20" t="s">
         <v>229</v>
       </c>
       <c r="C102" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D102" s="14" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E102" s="15">
         <v>-33.794240000000002</v>
       </c>
       <c r="F102" s="15">
         <v>150.91417000000001</v>
       </c>
       <c r="G102" s="16">
         <v>64</v>
       </c>
       <c r="H102" s="18">
         <v>2007</v>
       </c>
       <c r="I102" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J102" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K102" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L102" s="13" t="s">
         <v>138</v>
       </c>
@@ -13195,65 +13200,65 @@
         <v>139</v>
       </c>
       <c r="X102" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y102" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z102" s="17"/>
       <c r="AA102" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB102" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC102" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD102" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE102" s="17"/>
       <c r="AF102" s="17"/>
       <c r="AG102" s="17"/>
       <c r="AH102" s="46" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="103" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A103" s="40" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B103" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C103" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D103" s="14" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E103" s="15">
         <v>-35.629600000000003</v>
       </c>
       <c r="F103" s="15">
         <v>146.47499999999999</v>
       </c>
       <c r="G103" s="16">
         <v>149.30000000000001</v>
       </c>
       <c r="H103" s="18">
         <v>2010</v>
       </c>
       <c r="I103" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J103" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K103" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L103" s="13" t="s">
         <v>138</v>
       </c>
@@ -13261,65 +13266,65 @@
       <c r="N103" s="17"/>
       <c r="O103" s="17"/>
       <c r="P103" s="17"/>
       <c r="Q103" s="17"/>
       <c r="R103" s="17"/>
       <c r="S103" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T103" s="17"/>
       <c r="U103" s="17"/>
       <c r="V103" s="17"/>
       <c r="W103" s="19"/>
       <c r="X103" s="17"/>
       <c r="Y103" s="28"/>
       <c r="Z103" s="19"/>
       <c r="AA103" s="19"/>
       <c r="AB103" s="19"/>
       <c r="AC103" s="19"/>
       <c r="AD103" s="19"/>
       <c r="AE103" s="19"/>
       <c r="AF103" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG103" s="17"/>
       <c r="AH103" s="46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="104" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A104" s="40" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B104" s="20" t="s">
         <v>155</v>
       </c>
       <c r="C104" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D104" s="14" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E104" s="15">
         <v>-33.931750000000001</v>
       </c>
       <c r="F104" s="15">
         <v>151.24278000000001</v>
       </c>
       <c r="G104" s="16">
         <v>28</v>
       </c>
       <c r="H104" s="18">
         <v>1994</v>
       </c>
       <c r="I104" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J104" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K104" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L104" s="13" t="s">
         <v>138</v>
       </c>
@@ -13343,65 +13348,65 @@
       </c>
       <c r="W104" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X104" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y104" s="17"/>
       <c r="Z104" s="17"/>
       <c r="AA104" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB104" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC104" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD104" s="17"/>
       <c r="AE104" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF104" s="17"/>
       <c r="AG104" s="17"/>
       <c r="AH104" s="46" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="105" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A105" s="40" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B105" s="20" t="s">
         <v>180</v>
       </c>
       <c r="C105" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D105" s="14" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E105" s="15">
         <v>-33.616410000000002</v>
       </c>
       <c r="F105" s="15">
         <v>150.74731</v>
       </c>
       <c r="G105" s="16">
         <v>21</v>
       </c>
       <c r="H105" s="18">
         <v>1992</v>
       </c>
       <c r="I105" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J105" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K105" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L105" s="13" t="s">
         <v>138</v>
       </c>
@@ -13427,65 +13432,65 @@
       </c>
       <c r="W105" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X105" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y105" s="17"/>
       <c r="Z105" s="17"/>
       <c r="AA105" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB105" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC105" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD105" s="17"/>
       <c r="AE105" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF105" s="17"/>
       <c r="AG105" s="17"/>
       <c r="AH105" s="46" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="106" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A106" s="40" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B106" s="20" t="s">
         <v>229</v>
       </c>
       <c r="C106" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D106" s="14" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E106" s="15">
         <v>-33.682749999999999</v>
       </c>
       <c r="F106" s="15">
         <v>150.90366</v>
       </c>
       <c r="G106" s="16">
         <v>72.599999999999994</v>
       </c>
       <c r="H106" s="18">
         <v>2019</v>
       </c>
       <c r="I106" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J106" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K106" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L106" s="13" t="s">
         <v>138</v>
       </c>
@@ -13511,65 +13516,65 @@
         <v>139</v>
       </c>
       <c r="X106" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y106" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z106" s="17"/>
       <c r="AA106" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB106" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC106" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD106" s="17"/>
       <c r="AE106" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF106" s="17"/>
       <c r="AG106" s="17"/>
       <c r="AH106" s="46" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="107" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A107" s="40" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B107" s="20" t="s">
         <v>155</v>
       </c>
       <c r="C107" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D107" s="14" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E107" s="15">
         <v>-33.864330000000002</v>
       </c>
       <c r="F107" s="15">
         <v>151.16395</v>
       </c>
       <c r="G107" s="16">
         <v>22</v>
       </c>
       <c r="H107" s="18">
         <v>1970</v>
       </c>
       <c r="I107" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K107" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L107" s="13" t="s">
         <v>138</v>
       </c>
@@ -13595,65 +13600,65 @@
         <v>139</v>
       </c>
       <c r="X107" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y107" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z107" s="17"/>
       <c r="AA107" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB107" s="17"/>
       <c r="AC107" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD107" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE107" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF107" s="17"/>
       <c r="AG107" s="17"/>
       <c r="AH107" s="46" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="108" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A108" s="40" t="s">
-        <v>611</v>
+        <v>443</v>
       </c>
       <c r="B108" s="67" t="s">
         <v>183</v>
       </c>
       <c r="C108" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D108" s="14" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E108" s="15">
         <v>-31.979500000000002</v>
       </c>
       <c r="F108" s="15">
         <v>141.44049999999999</v>
       </c>
       <c r="G108" s="16">
         <v>294</v>
       </c>
       <c r="H108" s="18">
         <v>2017</v>
       </c>
       <c r="I108" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J108" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K108" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L108" s="13" t="s">
         <v>199</v>
       </c>
@@ -13664,278 +13669,280 @@
       <c r="Q108" s="17"/>
       <c r="R108" s="17" t="s">
         <v>139</v>
       </c>
       <c r="S108" s="17"/>
       <c r="T108" s="17"/>
       <c r="U108" s="17"/>
       <c r="V108" s="17"/>
       <c r="W108" s="17"/>
       <c r="X108" s="17"/>
       <c r="Y108" s="28"/>
       <c r="Z108" s="19"/>
       <c r="AA108" s="19"/>
       <c r="AB108" s="17"/>
       <c r="AC108" s="19"/>
       <c r="AD108" s="19"/>
       <c r="AE108" s="19"/>
       <c r="AF108" s="19"/>
       <c r="AG108" s="17"/>
       <c r="AH108" s="63" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="109" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A109" s="40" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B109" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C109" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D109" s="14" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E109" s="15">
         <v>-32.557340000000003</v>
       </c>
       <c r="F109" s="15">
         <v>151.17706999999999</v>
       </c>
       <c r="G109" s="16">
         <v>42</v>
       </c>
       <c r="H109" s="13">
         <v>2010</v>
       </c>
       <c r="I109" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J109" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K109" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L109" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M109" s="13"/>
       <c r="N109" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O109" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P109" s="17"/>
       <c r="Q109" s="17"/>
       <c r="R109" s="17"/>
       <c r="S109" s="17"/>
       <c r="T109" s="13"/>
       <c r="U109" s="17"/>
       <c r="V109" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W109" s="17" t="s">
         <v>139</v>
       </c>
-      <c r="X109" s="13"/>
+      <c r="X109" s="17" t="s">
+        <v>139</v>
+      </c>
       <c r="Y109" s="13"/>
       <c r="Z109" s="13"/>
       <c r="AA109" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB109" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC109" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD109" s="18"/>
       <c r="AE109" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF109" s="13"/>
       <c r="AG109" s="17"/>
       <c r="AH109" s="46" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="110" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A110" s="40" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B110" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C110" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D110" s="14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E110" s="15">
         <v>-32.529809999999998</v>
       </c>
       <c r="F110" s="15">
         <v>151.15006</v>
       </c>
       <c r="G110" s="16">
         <v>123</v>
       </c>
       <c r="H110" s="13" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I110" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J110" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K110" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L110" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M110" s="13"/>
       <c r="N110" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O110" s="13"/>
       <c r="P110" s="13"/>
       <c r="Q110" s="13"/>
       <c r="R110" s="13"/>
       <c r="S110" s="13"/>
       <c r="T110" s="13"/>
       <c r="U110" s="17"/>
       <c r="V110" s="13"/>
       <c r="W110" s="13"/>
       <c r="X110" s="13"/>
       <c r="Y110" s="13"/>
       <c r="Z110" s="13"/>
       <c r="AA110" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB110" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC110" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD110" s="18"/>
       <c r="AE110" s="18"/>
       <c r="AF110" s="13"/>
       <c r="AG110" s="17"/>
       <c r="AH110" s="46" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="111" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A111" s="40" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B111" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C111" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D111" s="14" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E111" s="15">
         <v>-32.5871</v>
       </c>
       <c r="F111" s="15">
         <v>151.20894999999999</v>
       </c>
       <c r="G111" s="16">
         <v>39</v>
       </c>
       <c r="H111" s="13" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I111" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J111" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K111" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L111" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M111" s="13"/>
       <c r="N111" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O111" s="13"/>
       <c r="P111" s="13"/>
       <c r="Q111" s="13"/>
       <c r="R111" s="13"/>
       <c r="S111" s="13"/>
       <c r="T111" s="13"/>
       <c r="U111" s="17"/>
       <c r="V111" s="13"/>
       <c r="W111" s="13"/>
       <c r="X111" s="13"/>
       <c r="Y111" s="13"/>
       <c r="Z111" s="13"/>
       <c r="AA111" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB111" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC111" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD111" s="18"/>
       <c r="AE111" s="18"/>
       <c r="AF111" s="13"/>
       <c r="AG111" s="17"/>
       <c r="AH111" s="46" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="112" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A112" s="40" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B112" s="67" t="s">
         <v>183</v>
       </c>
       <c r="C112" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D112" s="14" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="E112" s="15">
         <v>-31.989699999999999</v>
       </c>
       <c r="F112" s="15">
         <v>141.4512</v>
       </c>
       <c r="G112" s="16">
         <v>309</v>
       </c>
       <c r="H112" s="18">
         <v>2017</v>
       </c>
       <c r="I112" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J112" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K112" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L112" s="13" t="s">
         <v>199</v>
       </c>
@@ -13946,60 +13953,60 @@
       <c r="Q112" s="17"/>
       <c r="R112" s="17" t="s">
         <v>139</v>
       </c>
       <c r="S112" s="17"/>
       <c r="T112" s="17"/>
       <c r="U112" s="17"/>
       <c r="V112" s="17"/>
       <c r="W112" s="13"/>
       <c r="X112" s="17"/>
       <c r="Y112" s="28"/>
       <c r="Z112" s="19"/>
       <c r="AA112" s="19"/>
       <c r="AB112" s="17"/>
       <c r="AC112" s="19"/>
       <c r="AD112" s="19"/>
       <c r="AE112" s="19"/>
       <c r="AF112" s="19"/>
       <c r="AG112" s="17"/>
       <c r="AH112" s="63" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="113" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A113" s="40" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B113" s="67" t="s">
         <v>183</v>
       </c>
       <c r="C113" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D113" s="14" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="E113" s="15">
         <v>-31.98</v>
       </c>
       <c r="F113" s="15">
         <v>141.46639999999999</v>
       </c>
       <c r="G113" s="16">
         <v>303</v>
       </c>
       <c r="H113" s="18">
         <v>2021</v>
       </c>
       <c r="I113" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J113" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K113" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L113" s="13" t="s">
         <v>199</v>
       </c>
@@ -14010,60 +14017,60 @@
       <c r="Q113" s="17" t="s">
         <v>139</v>
       </c>
       <c r="R113" s="17"/>
       <c r="S113" s="17"/>
       <c r="T113" s="17"/>
       <c r="U113" s="17"/>
       <c r="V113" s="17"/>
       <c r="W113" s="13"/>
       <c r="X113" s="17"/>
       <c r="Y113" s="28"/>
       <c r="Z113" s="19"/>
       <c r="AA113" s="19"/>
       <c r="AB113" s="17"/>
       <c r="AC113" s="19"/>
       <c r="AD113" s="19"/>
       <c r="AE113" s="19"/>
       <c r="AF113" s="19"/>
       <c r="AG113" s="17"/>
       <c r="AH113" s="63" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="114" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A114" s="40" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B114" s="20" t="s">
         <v>180</v>
       </c>
       <c r="C114" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D114" s="14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E114" s="15">
         <v>-33.795119999999997</v>
       </c>
       <c r="F114" s="15">
         <v>150.76677000000001</v>
       </c>
       <c r="G114" s="16">
         <v>29</v>
       </c>
       <c r="H114" s="18">
         <v>1992</v>
       </c>
       <c r="I114" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J114" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K114" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L114" s="13" t="s">
         <v>138</v>
       </c>
@@ -14081,143 +14088,145 @@
       <c r="T114" s="17" t="s">
         <v>139</v>
       </c>
       <c r="U114" s="17"/>
       <c r="V114" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W114" s="17"/>
       <c r="X114" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y114" s="17"/>
       <c r="Z114" s="17"/>
       <c r="AA114" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB114" s="17"/>
       <c r="AC114" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD114" s="17"/>
       <c r="AE114" s="17"/>
       <c r="AF114" s="17"/>
       <c r="AG114" s="17"/>
       <c r="AH114" s="46" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="115" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A115" s="40" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B115" s="20" t="s">
         <v>176</v>
       </c>
       <c r="C115" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D115" s="14" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E115" s="15">
         <v>-32.902009999999997</v>
       </c>
       <c r="F115" s="15">
         <v>151.78429</v>
       </c>
       <c r="G115" s="16">
         <v>5</v>
       </c>
       <c r="H115" s="18">
         <v>2014</v>
       </c>
       <c r="I115" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J115" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K115" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L115" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M115" s="13"/>
       <c r="N115" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O115" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P115" s="17"/>
       <c r="Q115" s="17"/>
       <c r="R115" s="17"/>
       <c r="S115" s="17"/>
       <c r="T115" s="17"/>
       <c r="U115" s="17"/>
       <c r="V115" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W115" s="17" t="s">
         <v>139</v>
       </c>
-      <c r="X115" s="17"/>
+      <c r="X115" s="17" t="s">
+        <v>139</v>
+      </c>
       <c r="Y115" s="17"/>
       <c r="Z115" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AA115" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB115" s="17"/>
       <c r="AC115" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD115" s="17"/>
       <c r="AE115" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF115" s="17"/>
       <c r="AG115" s="17"/>
       <c r="AH115" s="46" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="116" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A116" s="40" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B116" s="20" t="s">
         <v>155</v>
       </c>
       <c r="C116" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D116" s="14" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E116" s="15">
         <v>-33.870919000000001</v>
       </c>
       <c r="F116" s="15">
         <v>151.20705699999999</v>
       </c>
       <c r="G116" s="16">
         <v>28</v>
       </c>
       <c r="H116" s="16">
         <v>1974</v>
       </c>
       <c r="I116" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J116" s="13">
         <v>2004</v>
       </c>
       <c r="K116" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L116" s="13" t="s">
         <v>138</v>
       </c>
@@ -14238,134 +14247,136 @@
         <v>139</v>
       </c>
       <c r="W116" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X116" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y116" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z116" s="17"/>
       <c r="AA116" s="17"/>
       <c r="AB116" s="17"/>
       <c r="AC116" s="17"/>
       <c r="AD116" s="17"/>
       <c r="AE116" s="17"/>
       <c r="AF116" s="17"/>
       <c r="AG116" s="17"/>
       <c r="AH116" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="117" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="40" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B117" s="13" t="s">
         <v>284</v>
       </c>
       <c r="C117" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D117" s="14" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="E117" s="15">
         <v>-31.1099</v>
       </c>
       <c r="F117" s="15">
         <v>150.91451000000001</v>
       </c>
       <c r="G117" s="16">
         <v>405</v>
       </c>
       <c r="H117" s="13">
         <v>2000</v>
       </c>
       <c r="I117" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J117" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K117" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L117" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M117" s="13"/>
       <c r="N117" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O117" s="17" t="s">
         <v>139</v>
       </c>
       <c r="P117" s="17"/>
       <c r="Q117" s="17"/>
       <c r="R117" s="17"/>
       <c r="S117" s="17"/>
       <c r="T117" s="17"/>
       <c r="U117" s="17"/>
-      <c r="V117" s="17"/>
+      <c r="V117" s="17" t="s">
+        <v>139</v>
+      </c>
       <c r="W117" s="17"/>
       <c r="X117" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y117" s="17"/>
       <c r="Z117" s="17"/>
       <c r="AA117" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB117" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC117" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD117" s="17"/>
       <c r="AE117" s="17"/>
       <c r="AF117" s="17"/>
       <c r="AG117" s="17"/>
       <c r="AH117" s="46" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="118" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="40" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B118" s="20" t="s">
         <v>235</v>
       </c>
       <c r="C118" s="20" t="s">
         <v>169</v>
       </c>
       <c r="D118" s="14" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="E118" s="15">
         <v>-31.88944</v>
       </c>
       <c r="F118" s="15">
         <v>152.50861</v>
       </c>
       <c r="G118" s="16">
         <v>24</v>
       </c>
       <c r="H118" s="18">
         <v>2019</v>
       </c>
       <c r="I118" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J118" s="13">
         <v>2020</v>
       </c>
       <c r="K118" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L118" s="13" t="s">
         <v>138</v>
       </c>
@@ -14376,60 +14387,60 @@
       <c r="Q118" s="17"/>
       <c r="R118" s="17"/>
       <c r="S118" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T118" s="17"/>
       <c r="U118" s="17"/>
       <c r="V118" s="17"/>
       <c r="W118" s="17"/>
       <c r="X118" s="17"/>
       <c r="Y118" s="17"/>
       <c r="Z118" s="17"/>
       <c r="AA118" s="17"/>
       <c r="AB118" s="17"/>
       <c r="AC118" s="17"/>
       <c r="AD118" s="17"/>
       <c r="AE118" s="17"/>
       <c r="AF118" s="17"/>
       <c r="AG118" s="17"/>
       <c r="AH118" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="119" spans="1:34" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="40" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B119" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C119" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D119" s="14" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E119" s="15">
         <v>-34.427799999999998</v>
       </c>
       <c r="F119" s="15">
         <v>147.512</v>
       </c>
       <c r="G119" s="16">
         <v>279.2</v>
       </c>
       <c r="H119" s="18">
         <v>2007</v>
       </c>
       <c r="I119" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J119" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K119" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L119" s="13" t="s">
         <v>138</v>
       </c>
@@ -14437,56 +14448,56 @@
       <c r="N119" s="17"/>
       <c r="O119" s="17"/>
       <c r="P119" s="17"/>
       <c r="Q119" s="17"/>
       <c r="R119" s="17"/>
       <c r="S119" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T119" s="17"/>
       <c r="U119" s="17"/>
       <c r="V119" s="17"/>
       <c r="W119" s="19"/>
       <c r="X119" s="17"/>
       <c r="Y119" s="28"/>
       <c r="Z119" s="19"/>
       <c r="AA119" s="19"/>
       <c r="AB119" s="19"/>
       <c r="AC119" s="19"/>
       <c r="AD119" s="19"/>
       <c r="AE119" s="19"/>
       <c r="AF119" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG119" s="17"/>
       <c r="AH119" s="46" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="120" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A120" s="40" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B120" s="13" t="s">
         <v>183</v>
       </c>
       <c r="C120" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D120" s="14" t="s">
         <v>198</v>
       </c>
       <c r="E120" s="15">
         <v>-29.444800000000001</v>
       </c>
       <c r="F120" s="15">
         <v>142.05699999999999</v>
       </c>
       <c r="G120" s="16">
         <v>177.8</v>
       </c>
       <c r="H120" s="18">
         <v>2004</v>
       </c>
       <c r="I120" s="13" t="s">
         <v>137</v>
       </c>
@@ -14503,65 +14514,65 @@
       <c r="N120" s="17"/>
       <c r="O120" s="17"/>
       <c r="P120" s="17"/>
       <c r="Q120" s="17"/>
       <c r="R120" s="17"/>
       <c r="S120" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T120" s="17"/>
       <c r="U120" s="17"/>
       <c r="V120" s="17"/>
       <c r="W120" s="19"/>
       <c r="X120" s="17"/>
       <c r="Y120" s="28"/>
       <c r="Z120" s="19"/>
       <c r="AA120" s="19"/>
       <c r="AB120" s="19"/>
       <c r="AC120" s="19"/>
       <c r="AD120" s="19"/>
       <c r="AE120" s="19"/>
       <c r="AF120" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG120" s="17"/>
       <c r="AH120" s="46" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="121" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A121" s="40" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B121" s="20" t="s">
         <v>168</v>
       </c>
       <c r="C121" s="20" t="s">
         <v>169</v>
       </c>
       <c r="D121" s="14" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="E121" s="15">
         <v>-35.363500000000002</v>
       </c>
       <c r="F121" s="15">
         <v>150.4828</v>
       </c>
       <c r="G121" s="16">
         <v>15</v>
       </c>
       <c r="H121" s="18">
         <v>2019</v>
       </c>
       <c r="I121" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J121" s="13">
         <v>2020</v>
       </c>
       <c r="K121" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L121" s="13" t="s">
         <v>138</v>
       </c>
@@ -14572,60 +14583,60 @@
       <c r="Q121" s="17"/>
       <c r="R121" s="17"/>
       <c r="S121" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T121" s="17"/>
       <c r="U121" s="17"/>
       <c r="V121" s="17"/>
       <c r="W121" s="17"/>
       <c r="X121" s="17"/>
       <c r="Y121" s="17"/>
       <c r="Z121" s="17"/>
       <c r="AA121" s="17"/>
       <c r="AB121" s="17"/>
       <c r="AC121" s="17"/>
       <c r="AD121" s="17"/>
       <c r="AE121" s="17"/>
       <c r="AF121" s="17"/>
       <c r="AG121" s="17"/>
       <c r="AH121" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="122" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A122" s="40" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B122" s="20" t="s">
         <v>155</v>
       </c>
       <c r="C122" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D122" s="14" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E122" s="15">
         <v>-33.883699999999997</v>
       </c>
       <c r="F122" s="15">
         <v>151.20119</v>
       </c>
       <c r="G122" s="16"/>
       <c r="H122" s="18">
         <v>2025</v>
       </c>
       <c r="I122" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J122" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K122" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L122" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M122" s="13"/>
       <c r="N122" s="17" t="s">
@@ -14645,65 +14656,65 @@
       <c r="V122" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W122" s="17"/>
       <c r="X122" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y122" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z122" s="19"/>
       <c r="AA122" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB122" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC122" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD122" s="19"/>
       <c r="AE122" s="19"/>
       <c r="AF122" s="19"/>
       <c r="AG122" s="17"/>
       <c r="AH122" s="48" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="123" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A123" s="40" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B123" s="20" t="s">
         <v>229</v>
       </c>
       <c r="C123" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D123" s="30" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="E123" s="15">
         <v>-33.656230000000001</v>
       </c>
       <c r="F123" s="15">
         <v>150.84768199999999</v>
       </c>
       <c r="G123" s="16">
         <v>35</v>
       </c>
       <c r="H123" s="18">
         <v>1994</v>
       </c>
       <c r="I123" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J123" s="13">
         <v>2015</v>
       </c>
       <c r="K123" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L123" s="13" t="s">
         <v>138</v>
       </c>
@@ -14728,60 +14739,60 @@
       </c>
       <c r="X123" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y123" s="17"/>
       <c r="Z123" s="17"/>
       <c r="AA123" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB123" s="17"/>
       <c r="AC123" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD123" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE123" s="17"/>
       <c r="AF123" s="17"/>
       <c r="AG123" s="17"/>
       <c r="AH123" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="124" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A124" s="40" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B124" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C124" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D124" s="14" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="E124" s="15">
         <v>-35.115600000000001</v>
       </c>
       <c r="F124" s="15">
         <v>147.36085</v>
       </c>
       <c r="G124" s="16">
         <v>181</v>
       </c>
       <c r="H124" s="13">
         <v>2000</v>
       </c>
       <c r="I124" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J124" s="13">
         <v>2011</v>
       </c>
       <c r="K124" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L124" s="13" t="s">
         <v>138</v>
       </c>
@@ -14798,60 +14809,60 @@
       <c r="S124" s="17"/>
       <c r="T124" s="17"/>
       <c r="U124" s="17"/>
       <c r="V124" s="17"/>
       <c r="W124" s="17"/>
       <c r="X124" s="17"/>
       <c r="Y124" s="17"/>
       <c r="Z124" s="17"/>
       <c r="AA124" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB124" s="17"/>
       <c r="AC124" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD124" s="17"/>
       <c r="AE124" s="17"/>
       <c r="AF124" s="17"/>
       <c r="AG124" s="17"/>
       <c r="AH124" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="125" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A125" s="40" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B125" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C125" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D125" s="14" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="E125" s="15">
         <v>-35.104109999999999</v>
       </c>
       <c r="F125" s="15">
         <v>147.36036999999999</v>
       </c>
       <c r="G125" s="16">
         <v>178.6</v>
       </c>
       <c r="H125" s="13">
         <v>2011</v>
       </c>
       <c r="I125" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J125" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K125" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L125" s="13" t="s">
         <v>138</v>
       </c>
@@ -14871,129 +14882,129 @@
         <v>139</v>
       </c>
       <c r="V125" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W125" s="17"/>
       <c r="X125" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y125" s="17"/>
       <c r="Z125" s="17"/>
       <c r="AA125" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB125" s="17"/>
       <c r="AC125" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD125" s="17"/>
       <c r="AE125" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF125" s="17"/>
       <c r="AG125" s="17"/>
       <c r="AH125" s="46" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="126" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A126" s="40" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B126" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C126" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D126" s="14" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="E126" s="15">
         <v>-35.104109999999999</v>
       </c>
       <c r="F126" s="15">
         <v>147.36036999999999</v>
       </c>
       <c r="G126" s="16">
         <v>178.6</v>
       </c>
       <c r="H126" s="18">
         <v>2017</v>
       </c>
       <c r="I126" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J126" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K126" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L126" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M126" s="13"/>
       <c r="N126" s="17"/>
       <c r="O126" s="17"/>
       <c r="P126" s="17"/>
       <c r="Q126" s="17"/>
       <c r="R126" s="17"/>
       <c r="S126" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T126" s="17"/>
       <c r="U126" s="17"/>
       <c r="V126" s="17"/>
       <c r="W126" s="19"/>
       <c r="X126" s="17"/>
       <c r="Y126" s="28"/>
       <c r="Z126" s="19"/>
       <c r="AA126" s="19"/>
       <c r="AB126" s="19"/>
       <c r="AC126" s="19"/>
       <c r="AD126" s="19"/>
       <c r="AE126" s="19"/>
       <c r="AF126" s="26"/>
       <c r="AG126" s="17"/>
       <c r="AH126" s="46" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="127" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A127" s="40" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B127" s="13" t="s">
         <v>183</v>
       </c>
       <c r="C127" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D127" s="14" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E127" s="15">
         <v>-30.035900000000002</v>
       </c>
       <c r="F127" s="15">
         <v>148.12299999999999</v>
       </c>
       <c r="G127" s="16">
         <v>131.80000000000001</v>
       </c>
       <c r="H127" s="18">
         <v>2008</v>
       </c>
       <c r="I127" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J127" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K127" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L127" s="13" t="s">
         <v>138</v>
       </c>
@@ -15001,65 +15012,65 @@
       <c r="N127" s="17"/>
       <c r="O127" s="17"/>
       <c r="P127" s="17"/>
       <c r="Q127" s="17"/>
       <c r="R127" s="17"/>
       <c r="S127" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T127" s="17"/>
       <c r="U127" s="17"/>
       <c r="V127" s="17"/>
       <c r="W127" s="19"/>
       <c r="X127" s="17"/>
       <c r="Y127" s="28"/>
       <c r="Z127" s="19"/>
       <c r="AA127" s="19"/>
       <c r="AB127" s="19"/>
       <c r="AC127" s="19"/>
       <c r="AD127" s="19"/>
       <c r="AE127" s="19"/>
       <c r="AF127" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG127" s="17"/>
       <c r="AH127" s="46" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="128" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A128" s="40" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B128" s="20" t="s">
         <v>176</v>
       </c>
       <c r="C128" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D128" s="14" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="E128" s="15">
         <v>-32.894350000000003</v>
       </c>
       <c r="F128" s="15">
         <v>151.67021</v>
       </c>
       <c r="G128" s="16">
         <v>8</v>
       </c>
       <c r="H128" s="18">
         <v>1992</v>
       </c>
       <c r="I128" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J128" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K128" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L128" s="13" t="s">
         <v>138</v>
       </c>
@@ -15081,65 +15092,65 @@
       <c r="V128" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W128" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X128" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y128" s="17"/>
       <c r="Z128" s="17"/>
       <c r="AA128" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB128" s="17"/>
       <c r="AC128" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD128" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE128" s="17"/>
       <c r="AF128" s="17"/>
       <c r="AG128" s="17"/>
       <c r="AH128" s="46" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="129" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A129" s="40" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B129" s="13" t="s">
         <v>183</v>
       </c>
       <c r="C129" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D129" s="14" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="E129" s="15">
         <v>-35.119999999999997</v>
       </c>
       <c r="F129" s="15">
         <v>142</v>
       </c>
       <c r="G129" s="16">
         <v>104.7</v>
       </c>
       <c r="H129" s="18">
         <v>2011</v>
       </c>
       <c r="I129" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J129" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K129" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L129" s="13" t="s">
         <v>138</v>
       </c>
@@ -15147,137 +15158,137 @@
       <c r="N129" s="17"/>
       <c r="O129" s="17"/>
       <c r="P129" s="17"/>
       <c r="Q129" s="17"/>
       <c r="R129" s="17"/>
       <c r="S129" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T129" s="17"/>
       <c r="U129" s="17"/>
       <c r="V129" s="17"/>
       <c r="W129" s="19"/>
       <c r="X129" s="17"/>
       <c r="Y129" s="28"/>
       <c r="Z129" s="19"/>
       <c r="AA129" s="19"/>
       <c r="AB129" s="19"/>
       <c r="AC129" s="19"/>
       <c r="AD129" s="19"/>
       <c r="AE129" s="19"/>
       <c r="AF129" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG129" s="17"/>
       <c r="AH129" s="46" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="130" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A130" s="40" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B130" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C130" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D130" s="14" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E130" s="15">
         <v>-32.573979999999999</v>
       </c>
       <c r="F130" s="15">
         <v>151.02721</v>
       </c>
       <c r="G130" s="16">
         <v>60</v>
       </c>
       <c r="H130" s="13" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I130" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J130" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K130" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L130" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M130" s="13"/>
       <c r="N130" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O130" s="13"/>
       <c r="P130" s="13"/>
       <c r="Q130" s="13"/>
       <c r="R130" s="13"/>
       <c r="S130" s="13"/>
       <c r="T130" s="13"/>
       <c r="U130" s="17"/>
       <c r="V130" s="13"/>
       <c r="W130" s="13"/>
       <c r="X130" s="13"/>
       <c r="Y130" s="13"/>
       <c r="Z130" s="13"/>
       <c r="AA130" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB130" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC130" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD130" s="18"/>
       <c r="AE130" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF130" s="13"/>
       <c r="AG130" s="17"/>
       <c r="AH130" s="46" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="131" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A131" s="40" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B131" s="18" t="s">
         <v>142</v>
       </c>
       <c r="C131" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D131" s="14" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E131" s="15">
         <v>-34.489725999999997</v>
       </c>
       <c r="F131" s="15">
         <v>150.89215899999999</v>
       </c>
       <c r="G131" s="16">
         <v>9</v>
       </c>
       <c r="H131" s="18">
         <v>1993</v>
       </c>
       <c r="I131" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J131" s="13">
         <v>2006</v>
       </c>
       <c r="K131" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L131" s="13" t="s">
         <v>138</v>
       </c>
@@ -15298,60 +15309,60 @@
       <c r="U131" s="17"/>
       <c r="V131" s="17" t="s">
         <v>139</v>
       </c>
       <c r="W131" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X131" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y131" s="17"/>
       <c r="Z131" s="17"/>
       <c r="AA131" s="17"/>
       <c r="AB131" s="17"/>
       <c r="AC131" s="17"/>
       <c r="AD131" s="17"/>
       <c r="AE131" s="17"/>
       <c r="AF131" s="17"/>
       <c r="AG131" s="17"/>
       <c r="AH131" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="132" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A132" s="40" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B132" s="67" t="s">
         <v>183</v>
       </c>
       <c r="C132" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D132" s="14" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="E132" s="15">
         <v>-31.970600000000001</v>
       </c>
       <c r="F132" s="15">
         <v>141.47049999999999</v>
       </c>
       <c r="G132" s="16">
         <v>324</v>
       </c>
       <c r="H132" s="18">
         <v>2017</v>
       </c>
       <c r="I132" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J132" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K132" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L132" s="13" t="s">
         <v>199</v>
       </c>
@@ -15362,60 +15373,60 @@
       <c r="Q132" s="17"/>
       <c r="R132" s="17" t="s">
         <v>139</v>
       </c>
       <c r="S132" s="17"/>
       <c r="T132" s="17"/>
       <c r="U132" s="17"/>
       <c r="V132" s="17"/>
       <c r="W132" s="17"/>
       <c r="X132" s="17"/>
       <c r="Y132" s="28"/>
       <c r="Z132" s="19"/>
       <c r="AA132" s="19"/>
       <c r="AB132" s="17"/>
       <c r="AC132" s="19"/>
       <c r="AD132" s="19"/>
       <c r="AE132" s="19"/>
       <c r="AF132" s="19"/>
       <c r="AG132" s="17"/>
       <c r="AH132" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="133" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A133" s="40" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B133" s="67" t="s">
         <v>172</v>
       </c>
       <c r="C133" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D133" s="14" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="E133" s="15">
         <v>-33.732770000000002</v>
       </c>
       <c r="F133" s="15">
         <v>150.38888</v>
       </c>
       <c r="G133" s="16">
         <v>187</v>
       </c>
       <c r="H133" s="18">
         <v>1998</v>
       </c>
       <c r="I133" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J133" s="13">
         <v>1999</v>
       </c>
       <c r="K133" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L133" s="13" t="s">
         <v>138</v>
       </c>
@@ -15436,60 +15447,60 @@
         <v>139</v>
       </c>
       <c r="W133" s="17"/>
       <c r="X133" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y133" s="17"/>
       <c r="Z133" s="17"/>
       <c r="AA133" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB133" s="17"/>
       <c r="AC133" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD133" s="17"/>
       <c r="AE133" s="17"/>
       <c r="AF133" s="17"/>
       <c r="AG133" s="17"/>
       <c r="AH133" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="134" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A134" s="40" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B134" s="13" t="s">
         <v>183</v>
       </c>
       <c r="C134" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D134" s="14" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E134" s="15">
         <v>-34.466563999999998</v>
       </c>
       <c r="F134" s="15">
         <v>141.56680499999999</v>
       </c>
       <c r="G134" s="16">
         <v>77</v>
       </c>
       <c r="H134" s="18">
         <v>2018</v>
       </c>
       <c r="I134" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J134" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K134" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L134" s="13" t="s">
         <v>138</v>
       </c>
@@ -15497,65 +15508,65 @@
       <c r="N134" s="17"/>
       <c r="O134" s="17"/>
       <c r="P134" s="17"/>
       <c r="Q134" s="17"/>
       <c r="R134" s="17"/>
       <c r="S134" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T134" s="17"/>
       <c r="U134" s="17"/>
       <c r="V134" s="17"/>
       <c r="W134" s="19"/>
       <c r="X134" s="17"/>
       <c r="Y134" s="28"/>
       <c r="Z134" s="19"/>
       <c r="AA134" s="19"/>
       <c r="AB134" s="19"/>
       <c r="AC134" s="19"/>
       <c r="AD134" s="19"/>
       <c r="AE134" s="19"/>
       <c r="AF134" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG134" s="17"/>
       <c r="AH134" s="46" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="135" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A135" s="40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B135" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C135" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D135" s="14" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E135" s="15">
         <v>-33.938400000000001</v>
       </c>
       <c r="F135" s="15">
         <v>147.196</v>
       </c>
       <c r="G135" s="16">
         <v>253.9</v>
       </c>
       <c r="H135" s="18">
         <v>2007</v>
       </c>
       <c r="I135" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J135" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K135" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L135" s="13" t="s">
         <v>138</v>
       </c>
@@ -15563,65 +15574,65 @@
       <c r="N135" s="17"/>
       <c r="O135" s="17"/>
       <c r="P135" s="17"/>
       <c r="Q135" s="17"/>
       <c r="R135" s="17"/>
       <c r="S135" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T135" s="17"/>
       <c r="U135" s="17"/>
       <c r="V135" s="17"/>
       <c r="W135" s="19"/>
       <c r="X135" s="17"/>
       <c r="Y135" s="28"/>
       <c r="Z135" s="19"/>
       <c r="AA135" s="19"/>
       <c r="AB135" s="19"/>
       <c r="AC135" s="19"/>
       <c r="AD135" s="19"/>
       <c r="AE135" s="19"/>
       <c r="AF135" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG135" s="17"/>
       <c r="AH135" s="46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="136" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A136" s="40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B136" s="67" t="s">
         <v>183</v>
       </c>
       <c r="C136" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D136" s="14" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="E136" s="15">
         <v>-31.948499999999999</v>
       </c>
       <c r="F136" s="15">
         <v>141.47370000000001</v>
       </c>
       <c r="G136" s="16">
         <v>295</v>
       </c>
       <c r="H136" s="18">
         <v>2017</v>
       </c>
       <c r="I136" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J136" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K136" s="13" t="s">
         <v>199</v>
       </c>
       <c r="L136" s="13" t="s">
         <v>199</v>
       </c>
@@ -15632,60 +15643,60 @@
       <c r="Q136" s="17" t="s">
         <v>139</v>
       </c>
       <c r="R136" s="17"/>
       <c r="S136" s="17"/>
       <c r="T136" s="17"/>
       <c r="U136" s="17"/>
       <c r="V136" s="17"/>
       <c r="W136" s="19"/>
       <c r="X136" s="17"/>
       <c r="Y136" s="28"/>
       <c r="Z136" s="19"/>
       <c r="AA136" s="19"/>
       <c r="AB136" s="17"/>
       <c r="AC136" s="19"/>
       <c r="AD136" s="19"/>
       <c r="AE136" s="19"/>
       <c r="AF136" s="19"/>
       <c r="AG136" s="17"/>
       <c r="AH136" s="63" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="137" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A137" s="40" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B137" s="13" t="s">
         <v>183</v>
       </c>
       <c r="C137" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D137" s="14" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="E137" s="15">
         <v>-30.851700000000001</v>
       </c>
       <c r="F137" s="15">
         <v>143.07400000000001</v>
       </c>
       <c r="G137" s="16">
         <v>159.19999999999999</v>
       </c>
       <c r="H137" s="18">
         <v>2008</v>
       </c>
       <c r="I137" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J137" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K137" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L137" s="13" t="s">
         <v>138</v>
       </c>
@@ -15693,65 +15704,65 @@
       <c r="N137" s="17"/>
       <c r="O137" s="17"/>
       <c r="P137" s="17"/>
       <c r="Q137" s="17"/>
       <c r="R137" s="17"/>
       <c r="S137" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T137" s="17"/>
       <c r="U137" s="17"/>
       <c r="V137" s="17"/>
       <c r="W137" s="19"/>
       <c r="X137" s="17"/>
       <c r="Y137" s="28"/>
       <c r="Z137" s="19"/>
       <c r="AA137" s="19"/>
       <c r="AB137" s="19"/>
       <c r="AC137" s="19"/>
       <c r="AD137" s="19"/>
       <c r="AE137" s="19"/>
       <c r="AF137" s="21" t="s">
         <v>139</v>
       </c>
       <c r="AG137" s="17"/>
       <c r="AH137" s="46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="138" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A138" s="40" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B138" s="18" t="s">
         <v>142</v>
       </c>
       <c r="C138" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D138" s="14" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="E138" s="15">
         <v>-34.417059999999999</v>
       </c>
       <c r="F138" s="15">
         <v>150.88732999999999</v>
       </c>
       <c r="G138" s="16">
         <v>15</v>
       </c>
       <c r="H138" s="18">
         <v>1993</v>
       </c>
       <c r="I138" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J138" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K138" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L138" s="13" t="s">
         <v>138</v>
       </c>
@@ -15777,65 +15788,65 @@
       </c>
       <c r="W138" s="17" t="s">
         <v>139</v>
       </c>
       <c r="X138" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y138" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Z138" s="17"/>
       <c r="AA138" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB138" s="17"/>
       <c r="AC138" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD138" s="17"/>
       <c r="AE138" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AF138" s="17"/>
       <c r="AG138" s="17"/>
       <c r="AH138" s="46" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="139" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A139" s="40" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B139" s="20" t="s">
         <v>155</v>
       </c>
       <c r="C139" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D139" s="14" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="E139" s="15">
         <v>-34.042712000000002</v>
       </c>
       <c r="F139" s="15">
         <v>151.142124</v>
       </c>
       <c r="G139" s="16">
         <v>12</v>
       </c>
       <c r="H139" s="18">
         <v>1982</v>
       </c>
       <c r="I139" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J139" s="13">
         <v>2004</v>
       </c>
       <c r="K139" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L139" s="13" t="s">
         <v>138</v>
       </c>
@@ -15862,194 +15873,194 @@
       </c>
       <c r="X139" s="17" t="s">
         <v>139</v>
       </c>
       <c r="Y139" s="17"/>
       <c r="Z139" s="17"/>
       <c r="AA139" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB139" s="17"/>
       <c r="AC139" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD139" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AE139" s="17"/>
       <c r="AF139" s="17"/>
       <c r="AG139" s="17"/>
       <c r="AH139" s="47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="140" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A140" s="40" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B140" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C140" s="67" t="s">
         <v>202</v>
       </c>
       <c r="D140" s="14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E140" s="15">
         <v>-32.195050000000002</v>
       </c>
       <c r="F140" s="15">
         <v>150.67341999999999</v>
       </c>
       <c r="G140" s="16">
         <v>190</v>
       </c>
       <c r="H140" s="13" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I140" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J140" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K140" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L140" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M140" s="13"/>
       <c r="N140" s="17" t="s">
         <v>139</v>
       </c>
       <c r="O140" s="17"/>
       <c r="P140" s="17"/>
       <c r="Q140" s="17"/>
       <c r="R140" s="17"/>
       <c r="S140" s="17"/>
       <c r="T140" s="17"/>
       <c r="U140" s="17"/>
       <c r="V140" s="17"/>
       <c r="W140" s="17"/>
       <c r="X140" s="17"/>
       <c r="Y140" s="17"/>
       <c r="Z140" s="17"/>
       <c r="AA140" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AB140" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AC140" s="17" t="s">
         <v>139</v>
       </c>
       <c r="AD140" s="17"/>
       <c r="AE140" s="17"/>
       <c r="AF140" s="17"/>
       <c r="AG140" s="17"/>
       <c r="AH140" s="46" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="141" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A141" s="40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B141" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C141" s="67" t="s">
         <v>162</v>
       </c>
       <c r="D141" s="14" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="E141" s="15">
         <v>-36.097099999999998</v>
       </c>
       <c r="F141" s="15">
         <v>143.35499999999999</v>
       </c>
       <c r="G141" s="16">
         <v>111</v>
       </c>
       <c r="H141" s="18">
         <v>2014</v>
       </c>
       <c r="I141" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J141" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K141" s="13" t="s">
         <v>138</v>
       </c>
       <c r="L141" s="13" t="s">
         <v>138</v>
       </c>
       <c r="M141" s="13"/>
       <c r="N141" s="17"/>
       <c r="O141" s="17"/>
       <c r="P141" s="17"/>
       <c r="Q141" s="17"/>
       <c r="R141" s="17"/>
       <c r="S141" s="17" t="s">
         <v>139</v>
       </c>
       <c r="T141" s="17"/>
       <c r="U141" s="17"/>
       <c r="V141" s="17"/>
       <c r="W141" s="19"/>
       <c r="X141" s="17"/>
       <c r="Y141" s="28"/>
       <c r="Z141" s="19"/>
       <c r="AA141" s="19"/>
       <c r="AB141" s="19"/>
       <c r="AC141" s="19"/>
       <c r="AD141" s="19"/>
       <c r="AE141" s="19"/>
       <c r="AF141" s="19"/>
       <c r="AG141" s="17"/>
       <c r="AH141" s="46" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="142" spans="1:34" ht="24" x14ac:dyDescent="0.2">
       <c r="A142" s="44" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B142" s="32" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C142" s="69" t="s">
         <v>135</v>
       </c>
       <c r="D142" s="33" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E142" s="34">
         <v>-33.278910000000003</v>
       </c>
       <c r="F142" s="34">
         <v>151.43239</v>
       </c>
       <c r="G142" s="35">
         <v>3</v>
       </c>
       <c r="H142" s="36">
         <v>2012</v>
       </c>
       <c r="I142" s="37" t="s">
         <v>137</v>
       </c>
       <c r="J142" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K142" s="37" t="s">
         <v>138</v>
       </c>
       <c r="L142" s="37" t="s">
         <v>138</v>
       </c>
@@ -16069,2525 +16080,2527 @@
       </c>
       <c r="U142" s="38"/>
       <c r="V142" s="38" t="s">
         <v>139</v>
       </c>
       <c r="W142" s="38" t="s">
         <v>139</v>
       </c>
       <c r="X142" s="38" t="s">
         <v>139</v>
       </c>
       <c r="Y142" s="38" t="s">
         <v>139</v>
       </c>
       <c r="Z142" s="38"/>
       <c r="AA142" s="38" t="s">
         <v>139</v>
       </c>
       <c r="AB142" s="38" t="s">
         <v>139</v>
       </c>
       <c r="AC142" s="38" t="s">
         <v>139</v>
       </c>
       <c r="AD142" s="38"/>
-      <c r="AE142" s="38"/>
+      <c r="AE142" s="38" t="s">
+        <v>139</v>
+      </c>
       <c r="AF142" s="38"/>
       <c r="AG142" s="38"/>
       <c r="AH142" s="50" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="AH122" r:id="rId1" xr:uid="{E5E33700-55FA-4FA1-BA63-E20826C7E133}"/>
     <hyperlink ref="AH20" r:id="rId2" xr:uid="{4EC5FC6D-B888-4D91-96C2-EE9AC9EB4937}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43826F10-1C3E-4563-AF70-7EAFA9A875DB}">
   <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="28.140625" customWidth="1"/>
     <col min="3" max="3" width="25.140625" customWidth="1"/>
     <col min="4" max="4" width="28" customWidth="1"/>
     <col min="5" max="6" width="22" customWidth="1"/>
     <col min="7" max="7" width="24" customWidth="1"/>
     <col min="8" max="8" width="109.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="8" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B1" s="8" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C1" s="8" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D1" s="8" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="E1" s="8" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F1" s="8" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="G1" s="8" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="H1" s="8" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" s="81" t="s">
         <v>133</v>
       </c>
       <c r="B3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>81</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>134</v>
       </c>
       <c r="H3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="81" t="s">
         <v>201</v>
       </c>
       <c r="B4" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C4" t="s">
         <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E4" t="s">
         <v>81</v>
       </c>
       <c r="F4" t="s">
         <v>81</v>
       </c>
       <c r="G4" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="81" t="s">
         <v>208</v>
       </c>
       <c r="B5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C5" t="s">
         <v>81</v>
       </c>
       <c r="D5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E5" t="s">
         <v>81</v>
       </c>
       <c r="F5" t="s">
         <v>81</v>
       </c>
       <c r="G5" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="81" t="s">
         <v>300</v>
       </c>
       <c r="B6" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C6" t="s">
         <v>81</v>
       </c>
       <c r="D6" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E6" t="s">
         <v>81</v>
       </c>
       <c r="F6" t="s">
         <v>81</v>
       </c>
       <c r="G6" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="81" t="s">
         <v>349</v>
       </c>
       <c r="B7" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C7" t="s">
         <v>81</v>
       </c>
       <c r="D7" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E7" t="s">
         <v>81</v>
       </c>
       <c r="F7" t="s">
         <v>81</v>
       </c>
       <c r="G7" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="5" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="82" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>81</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>134</v>
       </c>
       <c r="H8" s="11" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="81" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B9" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C9" t="s">
         <v>81</v>
       </c>
       <c r="D9" t="s">
+        <v>550</v>
+      </c>
+      <c r="E9" t="s">
+        <v>81</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
         <v>548</v>
-      </c>
-[...7 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="81" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B10" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C10" t="s">
         <v>81</v>
       </c>
       <c r="D10" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E10" t="s">
         <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H10" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="81" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B11" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C11" t="s">
         <v>81</v>
       </c>
       <c r="D11" t="s">
+        <v>550</v>
+      </c>
+      <c r="E11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F11" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" t="s">
         <v>548</v>
-      </c>
-[...7 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="81" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B12" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>81</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
         <v>134</v>
       </c>
       <c r="H12" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="81" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B13" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C13" t="s">
         <v>81</v>
       </c>
       <c r="D13" t="s">
+        <v>550</v>
+      </c>
+      <c r="E13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F13" t="s">
+        <v>81</v>
+      </c>
+      <c r="G13" t="s">
         <v>548</v>
-      </c>
-[...7 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="81" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B14" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C14" t="s">
         <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E14" t="s">
         <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>81</v>
       </c>
       <c r="G14" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="81" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B15" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E15" t="s">
         <v>81</v>
       </c>
       <c r="F15" t="s">
         <v>81</v>
       </c>
       <c r="G15" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="81" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B16" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C16" t="s">
         <v>81</v>
       </c>
       <c r="D16" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E16" t="s">
         <v>81</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="7" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="81" t="s">
         <v>175</v>
       </c>
       <c r="B18" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>81</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="G18" t="s">
         <v>176</v>
       </c>
       <c r="H18" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="81" t="s">
         <v>223</v>
       </c>
       <c r="B19" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C19" t="s">
         <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E19" t="s">
         <v>81</v>
       </c>
       <c r="F19" t="s">
         <v>81</v>
       </c>
       <c r="G19" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="81" t="s">
         <v>352</v>
       </c>
       <c r="B20" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C20" t="s">
         <v>81</v>
       </c>
       <c r="D20" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E20" t="s">
         <v>81</v>
       </c>
       <c r="F20" t="s">
         <v>81</v>
       </c>
       <c r="G20" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="81" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B21" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>81</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
       <c r="G21" t="s">
         <v>176</v>
       </c>
       <c r="H21" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="81" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B22" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C22" t="s">
         <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="E22" t="s">
         <v>81</v>
       </c>
       <c r="F22" t="s">
         <v>81</v>
       </c>
       <c r="G22" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="81" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B23" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="E23" t="s">
         <v>81</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="G23" t="s">
         <v>176</v>
       </c>
       <c r="H23" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="81" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B25" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C25" t="s">
         <v>81</v>
       </c>
       <c r="D25" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E25" t="s">
         <v>81</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="G25" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="81" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B26" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="E26" t="s">
         <v>81</v>
       </c>
       <c r="F26" t="s">
         <v>25</v>
       </c>
       <c r="G26" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="7" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="81" t="s">
         <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="E28" t="s">
         <v>81</v>
       </c>
       <c r="F28" t="s">
         <v>25</v>
       </c>
       <c r="G28" t="s">
         <v>142</v>
       </c>
       <c r="H28" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="81" t="s">
         <v>308</v>
       </c>
       <c r="B29" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="E29" t="s">
         <v>81</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="81" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B30" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="E30" t="s">
         <v>81</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
       <c r="G30" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="81" t="s">
         <v>190</v>
       </c>
       <c r="B32" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C32" t="s">
         <v>81</v>
       </c>
       <c r="D32" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="E32" t="s">
         <v>81</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H32" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="7" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="81" t="s">
         <v>150</v>
       </c>
       <c r="B34" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="E34" t="s">
         <v>81</v>
       </c>
       <c r="F34" t="s">
         <v>25</v>
       </c>
       <c r="G34" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>158</v>
       </c>
       <c r="B35" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="E35" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="81" t="s">
         <v>171</v>
       </c>
       <c r="B36" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="E36" t="s">
         <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="81" t="s">
         <v>234</v>
       </c>
       <c r="B37" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="E37" t="s">
         <v>81</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" t="s">
         <v>235</v>
       </c>
       <c r="H37" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="81" t="s">
         <v>272</v>
       </c>
       <c r="B38" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="E38" t="s">
         <v>81</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="81" t="s">
         <v>283</v>
       </c>
       <c r="B39" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C39" t="s">
         <v>81</v>
       </c>
       <c r="D39" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E39" t="s">
         <v>81</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="81" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C40" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="E40" t="s">
         <v>81</v>
       </c>
       <c r="F40" t="s">
         <v>81</v>
       </c>
       <c r="G40" t="s">
         <v>172</v>
       </c>
       <c r="H40" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="81" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B41" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="E41" t="s">
         <v>81</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="G41" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="81" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B42" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="E42" t="s">
         <v>81</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
       <c r="G42" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="81" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B43" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C43" t="s">
         <v>81</v>
       </c>
       <c r="D43" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="E43" t="s">
         <v>81</v>
       </c>
       <c r="F43" t="s">
         <v>25</v>
       </c>
       <c r="G43" t="s">
         <v>235</v>
       </c>
       <c r="H43" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="81" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B44" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="E44" t="s">
         <v>81</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="81" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B45" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="E45" t="s">
         <v>81</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="H45" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="7" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="81" t="s">
         <v>154</v>
       </c>
       <c r="B47" s="51" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C47" s="51" t="s">
         <v>81</v>
       </c>
       <c r="D47" s="51"/>
       <c r="E47" s="51" t="s">
         <v>81</v>
       </c>
       <c r="F47" s="51" t="s">
         <v>25</v>
       </c>
       <c r="G47" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="81" t="s">
         <v>164</v>
       </c>
       <c r="B48" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="E48" t="s">
         <v>81</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
       <c r="G48" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="81" t="s">
         <v>194</v>
       </c>
       <c r="B49" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="E49" t="s">
         <v>81</v>
       </c>
       <c r="F49" t="s">
         <v>25</v>
       </c>
       <c r="G49" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="81" t="s">
         <v>211</v>
       </c>
       <c r="B50" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="E50" t="s">
         <v>81</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
       <c r="G50" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="81" t="s">
         <v>214</v>
       </c>
       <c r="C51" t="s">
         <v>81</v>
       </c>
       <c r="E51" t="s">
         <v>81</v>
       </c>
       <c r="F51" t="s">
         <v>81</v>
       </c>
       <c r="G51" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H51" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="81" t="s">
         <v>220</v>
       </c>
       <c r="B52" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="E52" t="s">
         <v>81</v>
       </c>
       <c r="F52" t="s">
         <v>25</v>
       </c>
       <c r="G52" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H52" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="81" t="s">
         <v>228</v>
       </c>
       <c r="B53" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C53" t="s">
         <v>81</v>
       </c>
       <c r="D53" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="E53" t="s">
         <v>81</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
       <c r="G53" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H53" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="81" t="s">
         <v>243</v>
       </c>
       <c r="B54" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C54" t="s">
         <v>81</v>
       </c>
       <c r="D54" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E54" t="s">
         <v>81</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="81" t="s">
         <v>261</v>
       </c>
       <c r="B55" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C55" t="s">
         <v>81</v>
       </c>
       <c r="D55" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E55" t="s">
         <v>81</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="81" t="s">
         <v>324</v>
       </c>
       <c r="B56" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C56" t="s">
         <v>81</v>
       </c>
       <c r="D56" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="E56" t="s">
         <v>81</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H56" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="81" t="s">
         <v>336</v>
       </c>
       <c r="B57" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="E57" t="s">
         <v>81</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="81" t="s">
         <v>346</v>
       </c>
       <c r="B58" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>81</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H58" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="81" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B59" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="E59" t="s">
         <v>81</v>
       </c>
       <c r="F59" t="s">
         <v>25</v>
       </c>
       <c r="G59" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" s="81" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="E60" t="s">
         <v>81</v>
       </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
       <c r="G60" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H60" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="81" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B61" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C61" t="s">
         <v>81</v>
       </c>
       <c r="D61" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E61" t="s">
         <v>81</v>
       </c>
       <c r="F61" t="s">
         <v>25</v>
       </c>
       <c r="G61" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="81" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B62" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="E62" t="s">
         <v>81</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H62" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" s="81" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B63" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="E63" t="s">
         <v>81</v>
       </c>
       <c r="F63" t="s">
         <v>25</v>
       </c>
       <c r="G63" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" s="81" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B64" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="E64" t="s">
         <v>81</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" s="81" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B65" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="E65" t="s">
         <v>81</v>
       </c>
       <c r="F65" t="s">
         <v>25</v>
       </c>
       <c r="G65" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H65" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" s="81" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B66" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C66" t="s">
         <v>81</v>
       </c>
       <c r="D66" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="E66" t="s">
         <v>81</v>
       </c>
       <c r="F66" t="s">
         <v>25</v>
       </c>
       <c r="G66" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" s="81" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B67" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="E67" t="s">
         <v>81</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="81" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C68" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="E68" t="s">
         <v>81</v>
       </c>
       <c r="F68" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="G68" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" s="7" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>182</v>
       </c>
       <c r="B70" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C70" t="s">
         <v>81</v>
       </c>
       <c r="D70" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E70" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F70" t="s">
         <v>81</v>
       </c>
       <c r="G70" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>197</v>
       </c>
       <c r="B71" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C71" t="s">
         <v>81</v>
       </c>
       <c r="D71" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E71" t="s">
         <v>81</v>
       </c>
       <c r="F71" t="s">
         <v>81</v>
       </c>
       <c r="G71" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>205</v>
       </c>
       <c r="B72" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C72" t="s">
         <v>81</v>
       </c>
       <c r="D72" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E72" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F72" t="s">
         <v>81</v>
       </c>
       <c r="G72" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>231</v>
       </c>
       <c r="B73" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C73" t="s">
         <v>81</v>
       </c>
       <c r="D73" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E73" t="s">
         <v>81</v>
       </c>
       <c r="F73" t="s">
         <v>81</v>
       </c>
       <c r="G73" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>239</v>
       </c>
       <c r="B74" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C74" t="s">
         <v>81</v>
       </c>
       <c r="D74" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E74" t="s">
         <v>81</v>
       </c>
       <c r="F74" t="s">
         <v>81</v>
       </c>
       <c r="G74" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>246</v>
       </c>
       <c r="B75" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C75" t="s">
         <v>81</v>
       </c>
       <c r="D75" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E75" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F75" t="s">
         <v>81</v>
       </c>
       <c r="G75" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>249</v>
       </c>
       <c r="B76" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C76" t="s">
         <v>81</v>
       </c>
       <c r="D76" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E76" t="s">
         <v>81</v>
       </c>
       <c r="F76" t="s">
         <v>81</v>
       </c>
       <c r="G76" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>252</v>
       </c>
       <c r="B77" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C77" t="s">
         <v>81</v>
       </c>
       <c r="D77" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E77" t="s">
         <v>81</v>
       </c>
       <c r="F77" t="s">
         <v>81</v>
       </c>
       <c r="G77" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>255</v>
       </c>
       <c r="B78" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C78" t="s">
         <v>81</v>
       </c>
       <c r="D78" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E78" t="s">
         <v>81</v>
       </c>
       <c r="F78" t="s">
         <v>81</v>
       </c>
       <c r="G78" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>258</v>
       </c>
       <c r="B79" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C79" t="s">
         <v>81</v>
       </c>
       <c r="D79" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E79" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F79" t="s">
         <v>81</v>
       </c>
       <c r="G79" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>267</v>
       </c>
       <c r="B80" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C80" t="s">
         <v>81</v>
       </c>
       <c r="D80" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E80" t="s">
         <v>81</v>
       </c>
       <c r="F80" t="s">
         <v>81</v>
       </c>
       <c r="G80" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>275</v>
       </c>
       <c r="B81" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C81" t="s">
         <v>81</v>
       </c>
       <c r="D81" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E81" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F81" t="s">
         <v>81</v>
       </c>
       <c r="G81" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>280</v>
       </c>
       <c r="B82" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C82" t="s">
         <v>81</v>
       </c>
       <c r="D82" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E82" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F82" t="s">
         <v>81</v>
       </c>
       <c r="G82" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>283</v>
       </c>
       <c r="B83" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C83" t="s">
         <v>81</v>
       </c>
       <c r="D83" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E83" t="s">
         <v>81</v>
       </c>
       <c r="F83" t="s">
         <v>81</v>
       </c>
       <c r="G83" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>291</v>
       </c>
       <c r="B84" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C84" t="s">
         <v>81</v>
       </c>
       <c r="D84" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E84" t="s">
         <v>81</v>
       </c>
       <c r="F84" t="s">
         <v>81</v>
       </c>
       <c r="G84" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>294</v>
       </c>
       <c r="B85" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C85" t="s">
         <v>81</v>
       </c>
       <c r="D85" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E85" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F85" t="s">
         <v>81</v>
       </c>
       <c r="G85" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>297</v>
       </c>
       <c r="B86" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C86" t="s">
         <v>81</v>
       </c>
       <c r="D86" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E86" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F86" t="s">
         <v>81</v>
       </c>
       <c r="G86" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>303</v>
       </c>
       <c r="B87" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C87" t="s">
         <v>81</v>
       </c>
       <c r="D87" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E87" t="s">
         <v>81</v>
       </c>
       <c r="F87" t="s">
         <v>81</v>
       </c>
       <c r="G87" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>315</v>
       </c>
       <c r="B88" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C88" t="s">
         <v>81</v>
       </c>
       <c r="D88" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E88" t="s">
         <v>81</v>
       </c>
       <c r="F88" t="s">
         <v>81</v>
       </c>
       <c r="G88" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>318</v>
       </c>
       <c r="B89" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C89" t="s">
         <v>81</v>
       </c>
       <c r="D89" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E89" t="s">
         <v>81</v>
       </c>
       <c r="F89" t="s">
         <v>81</v>
       </c>
       <c r="G89" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>321</v>
       </c>
       <c r="B90" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C90" t="s">
         <v>81</v>
       </c>
       <c r="D90" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E90" t="s">
         <v>81</v>
       </c>
       <c r="F90" t="s">
         <v>81</v>
       </c>
       <c r="G90" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>331</v>
       </c>
       <c r="B91" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C91" t="s">
         <v>81</v>
       </c>
       <c r="D91" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E91" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F91" t="s">
         <v>81</v>
       </c>
       <c r="G91" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>341</v>
       </c>
       <c r="B92" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C92" t="s">
         <v>81</v>
       </c>
       <c r="D92" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E92" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F92" t="s">
         <v>81</v>
       </c>
       <c r="G92" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B93" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C93" t="s">
         <v>81</v>
       </c>
       <c r="D93" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E93" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F93" t="s">
         <v>81</v>
       </c>
       <c r="G93" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B94" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C94" t="s">
         <v>81</v>
       </c>
       <c r="D94" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E94" t="s">
         <v>81</v>
       </c>
       <c r="F94" t="s">
         <v>81</v>
       </c>
       <c r="G94" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B95" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C95" t="s">
         <v>81</v>
       </c>
       <c r="D95" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E95" t="s">
         <v>81</v>
       </c>
       <c r="F95" t="s">
         <v>81</v>
       </c>
       <c r="G95" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B96" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C96" t="s">
         <v>81</v>
       </c>
       <c r="D96" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E96" t="s">
         <v>81</v>
       </c>
       <c r="F96" t="s">
         <v>81</v>
       </c>
       <c r="G96" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B97" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C97" t="s">
         <v>81</v>
       </c>
       <c r="D97" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E97" t="s">
         <v>81</v>
       </c>
       <c r="F97" t="s">
         <v>81</v>
       </c>
       <c r="G97" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B98" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C98" t="s">
         <v>81</v>
       </c>
       <c r="D98" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E98" t="s">
         <v>81</v>
       </c>
       <c r="F98" t="s">
         <v>81</v>
       </c>
       <c r="G98" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B99" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C99" t="s">
         <v>81</v>
       </c>
       <c r="D99" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E99" t="s">
         <v>81</v>
       </c>
       <c r="F99" t="s">
         <v>81</v>
       </c>
       <c r="G99" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B100" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C100" t="s">
         <v>81</v>
       </c>
       <c r="D100" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E100" t="s">
         <v>81</v>
       </c>
       <c r="F100" t="s">
         <v>81</v>
       </c>
       <c r="G100" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B101" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C101" t="s">
         <v>81</v>
       </c>
       <c r="D101" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E101" t="s">
         <v>81</v>
       </c>
       <c r="F101" t="s">
         <v>81</v>
       </c>
       <c r="G101" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B102" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C102" t="s">
         <v>81</v>
       </c>
       <c r="D102" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E102" t="s">
         <v>81</v>
       </c>
       <c r="F102" t="s">
         <v>81</v>
       </c>
       <c r="G102" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B103" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C103" t="s">
         <v>81</v>
       </c>
       <c r="D103" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E103" t="s">
         <v>81</v>
       </c>
       <c r="F103" t="s">
         <v>81</v>
       </c>
       <c r="G103" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B104" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C104" t="s">
         <v>81</v>
       </c>
       <c r="D104" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E104" t="s">
         <v>81</v>
       </c>
       <c r="F104" t="s">
         <v>81</v>
       </c>
       <c r="G104" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B105" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C105" t="s">
         <v>81</v>
       </c>
       <c r="D105" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E105" t="s">
         <v>81</v>
       </c>
       <c r="F105" t="s">
         <v>81</v>
       </c>
       <c r="G105" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B106" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C106" t="s">
         <v>81</v>
       </c>
       <c r="D106" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E106" t="s">
         <v>81</v>
       </c>
       <c r="F106" t="s">
         <v>81</v>
       </c>
       <c r="G106" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B107" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C107" t="s">
         <v>81</v>
       </c>
       <c r="D107" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E107" t="s">
         <v>81</v>
       </c>
       <c r="F107" t="s">
         <v>81</v>
       </c>
       <c r="G107" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B108" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C108" t="s">
         <v>81</v>
       </c>
       <c r="D108" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E108" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F108" t="s">
         <v>81</v>
       </c>
       <c r="G108" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82D76037-4A5E-4962-B92D-618FB86AA86E}">
   <dimension ref="B1:C16"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="37.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="105.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="79" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C2" s="80" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="3" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B3" s="77" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C3" s="78" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="4" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B4" s="75" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C4" s="72" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="5" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B5" s="75" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C5" s="72" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
     </row>
     <row r="6" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B6" s="75" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C6" s="73" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="7" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B7" s="75" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C7" s="73" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="8" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B8" s="75" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C8" s="72" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="9" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B9" s="75" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C9" s="72" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="10" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B10" s="75" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C10" s="72" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="11" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B11" s="75" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C11" s="72" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
     </row>
     <row r="12" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B12" s="75" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C12" s="73" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="13" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B13" s="75" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C13" s="72" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="14" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B14" s="75" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C14" s="72" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
     </row>
     <row r="15" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B15" s="75" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C15" s="72" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="16" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="76" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C16" s="74" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="d1661555-5b6c-4d6f-a930-ec9fc95b8b35" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a4849094-5a59-44e1-848d-423bea4a32e3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>